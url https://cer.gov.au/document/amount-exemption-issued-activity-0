--- v0 (2025-10-08)
+++ v1 (2026-03-26)
@@ -1,223 +1,232 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29912"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{84535C42-2FBD-4095-8F90-D5FC50F8BDEA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{54643F58-2A8A-4940-A198-63DC9792EEF6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="22780" windowHeight="14540" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Exemptions issued" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Exemptions issued'!$A$3:$D$630</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Exemptions issued'!$A$3:$D$631</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="764" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="765" uniqueCount="65">
   <si>
     <t>Amount of exemption issued by activity</t>
   </si>
   <si>
-    <t>Data as at 06/03/2025</t>
+    <t>Data as at 18/03/2026</t>
   </si>
   <si>
     <t>Application year</t>
   </si>
   <si>
     <t xml:space="preserve">Emissions-intensive trade-exposed activity </t>
   </si>
   <si>
     <t>Percentage of exemption per activity</t>
   </si>
   <si>
     <t>Exemption amount (MWh)</t>
   </si>
   <si>
     <t>Alumina refining</t>
   </si>
   <si>
     <t>Aluminium smelting</t>
   </si>
   <si>
     <t>Integrated iron and steel manufacturing</t>
   </si>
   <si>
     <t>Integrated production of lead and zinc</t>
   </si>
   <si>
     <t>Manufacture of carbon steel from cold ferrous feed</t>
   </si>
   <si>
     <t>Manufacture of newsprint</t>
   </si>
   <si>
     <t>Manufacture of reconstituted wood-based panels</t>
   </si>
   <si>
     <t>Packaging and industrial paper manufacturing</t>
   </si>
   <si>
     <t>Petroleum refining</t>
   </si>
   <si>
     <t>Production of ammonia</t>
   </si>
   <si>
     <t>Production of ammonium nitrate</t>
   </si>
   <si>
-    <t>Production of bulk flat glass</t>
-[...1 lines deleted...]
-  <si>
     <t>Production of ceramic floor and wall tiles</t>
   </si>
   <si>
     <t>Less than 0.1</t>
   </si>
   <si>
     <t>Production of chlorine gas and sodium hydroxide (caustic soda) solution</t>
   </si>
   <si>
     <t>Production of clinker</t>
   </si>
   <si>
     <t>Production of copper</t>
   </si>
   <si>
     <t>Production of dried distillers grains with solubles</t>
   </si>
   <si>
-    <t>Production of ethene (ethylene)</t>
-[...1 lines deleted...]
-  <si>
     <t>Production of fused zirconia</t>
   </si>
   <si>
     <t>Production of glass beads</t>
   </si>
   <si>
     <t>Production of glass containers</t>
   </si>
   <si>
     <t>Production of glass wool</t>
   </si>
   <si>
     <t>Production of high purity ethanol</t>
+  </si>
+  <si>
+    <t>Production of hydrogen by electrolysis</t>
   </si>
   <si>
     <t>Production of hydrogen peroxide</t>
   </si>
   <si>
     <t>Production of iron ore pellets</t>
   </si>
   <si>
     <t>Production of lime</t>
   </si>
   <si>
     <t>Production of liquefied natural gas</t>
   </si>
   <si>
     <t>Production of magnesia</t>
   </si>
   <si>
     <t>Production of magnetite concentrate</t>
   </si>
   <si>
     <t>Production of manganese</t>
-  </si>
-[...4 lines deleted...]
-    <t>Production of polyethylene</t>
   </si>
   <si>
     <t>Production of polymer grade propene (polymer grade propylene)</t>
   </si>
   <si>
     <t>Production of silicon</t>
   </si>
   <si>
     <t>Production of sodium silicate glass</t>
   </si>
   <si>
     <t>Production of synthetic rutile</t>
   </si>
   <si>
     <t>Production of white titanium dioxide (TiO2) pigment</t>
   </si>
   <si>
     <t>Rendering of animal by-products</t>
   </si>
   <si>
     <t>Smelting zinc</t>
   </si>
   <si>
     <t>Tissue paper manufacturing</t>
   </si>
   <si>
+    <t>Production of bulk flat glass</t>
+  </si>
+  <si>
+    <t>Production of ethene (ethylene)</t>
+  </si>
+  <si>
     <t>Production of helium</t>
+  </si>
+  <si>
+    <t>Production of nickel</t>
+  </si>
+  <si>
+    <t>Production of polyethylene</t>
   </si>
   <si>
     <t>Printing and writing paper manufacturing</t>
   </si>
   <si>
     <t>Production of carbamide (urea)</t>
   </si>
   <si>
     <t>Production of polyetheylene</t>
   </si>
   <si>
     <t>Production of coke oven coke</t>
   </si>
   <si>
     <t>Production of methanol</t>
   </si>
   <si>
     <t xml:space="preserve"> -   </t>
   </si>
   <si>
     <t>Production of fused alumina</t>
   </si>
   <si>
     <t>Production of rolled aluminium</t>
   </si>
@@ -228,55 +237,56 @@
     <t>Production of sodium carbonate (soda ash) and sodium bicarbonate</t>
   </si>
   <si>
     <t>Dry pulp manufacturing</t>
   </si>
   <si>
     <t xml:space="preserve">Printing and writing paper manufacturing </t>
   </si>
   <si>
     <t xml:space="preserve">Production of carbamide (urea) </t>
   </si>
   <si>
     <t>Production of carbon black</t>
   </si>
   <si>
     <t xml:space="preserve">Production of ethene (ethylene) </t>
   </si>
   <si>
     <t xml:space="preserve">Production of sodium carbonate (soda ash) and sodium bicarbonate </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
+    <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="25" x14ac:knownFonts="1">
+  <fonts count="25">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -709,228 +719,182 @@
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="44">
+  <cellStyleXfs count="45">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="24" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="44" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...28 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="44">
+  <cellStyles count="45">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
+    <cellStyle name="Comma" xfId="44" builtinId="3"/>
     <cellStyle name="Comma 2" xfId="43" xr:uid="{53ECB350-B6BE-45BC-A262-A3EFFD2A6D05}"/>
     <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="42" xr:uid="{EC29268E-1AF0-4B2F-A823-6F976C788319}"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="10">
-    <dxf>
-[...47 lines deleted...]
-    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="3" formatCode="#,##0"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
@@ -938,50 +902,99 @@
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="14" formatCode="0.00%"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
@@ -1062,111 +1075,111 @@
     <tableStyle name="CER Table" pivot="0" count="4" xr9:uid="{B868D2ED-5E96-4B44-986D-8A76D6AA955B}">
       <tableStyleElement type="wholeTable" dxfId="9"/>
       <tableStyleElement type="headerRow" dxfId="8"/>
       <tableStyleElement type="firstColumn" dxfId="7"/>
       <tableStyleElement type="firstRowStripe" dxfId="6"/>
     </tableStyle>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFE8E9E7"/>
       <color rgb="FFF7F7F7"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{0D53EE7A-BF5D-4538-9A89-C302688E138B}" name="Table3" displayName="Table3" ref="A3:D630" totalsRowShown="0" headerRowDxfId="5" dataDxfId="4">
-[...2 lines deleted...]
-    <sortCondition descending="1" ref="A3:A630"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{0D53EE7A-BF5D-4538-9A89-C302688E138B}" name="Table3" displayName="Table3" ref="A3:D631" totalsRowShown="0" headerRowDxfId="5" dataDxfId="4">
+  <autoFilter ref="A3:D631" xr:uid="{93C8B639-7AF3-493F-AD4B-2D29A1635AF4}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:D631">
+    <sortCondition descending="1" ref="A3:A631"/>
   </sortState>
   <tableColumns count="4">
-    <tableColumn id="1" xr3:uid="{5DCC782A-20C5-49A1-8B38-0D8E48017C2E}" name="Application year" dataDxfId="0"/>
-[...2 lines deleted...]
-    <tableColumn id="4" xr3:uid="{28F20963-7308-467F-A64B-10496DCE8873}" name="Exemption amount (MWh)" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{5DCC782A-20C5-49A1-8B38-0D8E48017C2E}" name="Application year" dataDxfId="3"/>
+    <tableColumn id="2" xr3:uid="{F3167E55-6437-424F-BA8B-F2BD869B88C6}" name="Emissions-intensive trade-exposed activity " dataDxfId="2"/>
+    <tableColumn id="3" xr3:uid="{0FC0D6F0-FA0B-46CC-BBDC-6575F64D99E0}" name="Percentage of exemption per activity" dataDxfId="1"/>
+    <tableColumn id="4" xr3:uid="{28F20963-7308-467F-A64B-10496DCE8873}" name="Exemption amount (MWh)" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1228,51 +1241,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1370,10412 +1383,11013 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{93C8B639-7AF3-493F-AD4B-2D29A1635AF4}">
-  <dimension ref="A1:G630"/>
+  <dimension ref="A1:G631"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:D1"/>
+      <selection activeCell="A2" sqref="A2:D2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="17" style="3" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.88671875" style="3"/>
+    <col min="1" max="1" width="17.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="66.140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="36.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="27.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="25.8" x14ac:dyDescent="0.3">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:7" ht="26.25">
+      <c r="A1" s="14" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1"/>
-[...7 lines deleted...]
-      <c r="A2" s="4" t="s">
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="1"/>
+    </row>
+    <row r="2" spans="1:7" ht="17.25" customHeight="1">
+      <c r="A2" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="4"/>
-[...7 lines deleted...]
-      <c r="A3" s="13" t="s">
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+    </row>
+    <row r="3" spans="1:7">
+      <c r="A3" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="13" t="s">
+      <c r="B3" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="C3" s="13" t="s">
+      <c r="C3" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="D3" s="13" t="s">
+      <c r="D3" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="E3" s="2"/>
-[...4 lines deleted...]
-      <c r="A4" s="6">
+      <c r="E3" s="1"/>
+      <c r="F3" s="1"/>
+      <c r="G3" s="1"/>
+    </row>
+    <row r="4" spans="1:7">
+      <c r="A4" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" s="11">
+        <v>2.9283187799613803</v>
+      </c>
+      <c r="D4" s="12">
+        <v>1013869</v>
+      </c>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+    </row>
+    <row r="5" spans="1:7">
+      <c r="A5" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="11">
+        <v>65.883526119010696</v>
+      </c>
+      <c r="D5" s="12">
+        <v>22810790</v>
+      </c>
+      <c r="E5" s="1"/>
+      <c r="F5" s="1"/>
+      <c r="G5" s="1"/>
+    </row>
+    <row r="6" spans="1:7">
+      <c r="A6" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" s="11">
+        <v>2.5545459733822447</v>
+      </c>
+      <c r="D6" s="12">
+        <v>884458.00000000012</v>
+      </c>
+      <c r="E6" s="1"/>
+      <c r="F6" s="1"/>
+      <c r="G6" s="1"/>
+    </row>
+    <row r="7" spans="1:7">
+      <c r="A7" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" s="11">
+        <v>0.88681758179498749</v>
+      </c>
+      <c r="D7" s="12">
+        <v>307042</v>
+      </c>
+      <c r="E7" s="1"/>
+      <c r="F7" s="1"/>
+      <c r="G7" s="1"/>
+    </row>
+    <row r="8" spans="1:7">
+      <c r="A8" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B8" t="s">
+        <v>10</v>
+      </c>
+      <c r="C8" s="11">
+        <v>2.3846497682574519</v>
+      </c>
+      <c r="D8" s="12">
+        <v>825635</v>
+      </c>
+      <c r="E8" s="1"/>
+      <c r="F8" s="1"/>
+      <c r="G8" s="1"/>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B9" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" s="11">
+        <v>1.8869358849852687</v>
+      </c>
+      <c r="D9" s="12">
+        <v>653312</v>
+      </c>
+      <c r="E9" s="1"/>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1"/>
+    </row>
+    <row r="10" spans="1:7">
+      <c r="A10" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C10" s="11">
+        <v>1.027192866317626</v>
+      </c>
+      <c r="D10" s="12">
+        <v>355644</v>
+      </c>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" s="11">
+        <v>3.1464056279045804</v>
+      </c>
+      <c r="D11" s="12">
+        <v>1089377</v>
+      </c>
+      <c r="E11" s="1"/>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1"/>
+    </row>
+    <row r="12" spans="1:7">
+      <c r="A12" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B12" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="11">
+        <v>1.1511859317173394</v>
+      </c>
+      <c r="D12" s="12">
+        <v>398574</v>
+      </c>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B13" t="s">
+        <v>15</v>
+      </c>
+      <c r="C13" s="11">
+        <v>0.21796554096097775</v>
+      </c>
+      <c r="D13" s="12">
+        <v>75466</v>
+      </c>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1"/>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C14" s="11">
+        <v>0.38166931346948829</v>
+      </c>
+      <c r="D14" s="12">
+        <v>132145</v>
+      </c>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1"/>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" s="12">
+        <v>12748</v>
+      </c>
+      <c r="E15" s="1"/>
+      <c r="F15" s="1"/>
+      <c r="G15" s="1"/>
+    </row>
+    <row r="16" spans="1:7">
+      <c r="A16" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" s="11">
+        <v>1.0225658714243036</v>
+      </c>
+      <c r="D16" s="12">
+        <v>354042</v>
+      </c>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B17" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="11">
+        <v>1.8090221432610041</v>
+      </c>
+      <c r="D17" s="12">
+        <v>626336</v>
+      </c>
+      <c r="E17" s="1"/>
+      <c r="F17" s="1"/>
+      <c r="G17" s="1"/>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B18" t="s">
+        <v>21</v>
+      </c>
+      <c r="C18" s="11">
+        <v>1.8014317920876888</v>
+      </c>
+      <c r="D18" s="12">
+        <v>623708</v>
+      </c>
+      <c r="E18" s="1"/>
+      <c r="F18" s="1"/>
+      <c r="G18" s="1"/>
+    </row>
+    <row r="19" spans="1:7">
+      <c r="A19" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B19" t="s">
+        <v>22</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" s="12">
+        <v>4591</v>
+      </c>
+      <c r="E19" s="1"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="1"/>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B20" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" s="12">
+        <v>16876</v>
+      </c>
+      <c r="E20" s="1"/>
+      <c r="F20" s="1"/>
+      <c r="G20" s="1"/>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B21" t="s">
+        <v>24</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" s="12">
+        <v>1136</v>
+      </c>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+    </row>
+    <row r="22" spans="1:7">
+      <c r="A22" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B22" t="s">
+        <v>25</v>
+      </c>
+      <c r="C22" s="11">
+        <v>0.95816052864889667</v>
+      </c>
+      <c r="D22" s="12">
+        <v>331743</v>
+      </c>
+      <c r="E22" s="1"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="1"/>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B23" t="s">
+        <v>26</v>
+      </c>
+      <c r="C23" s="11">
+        <v>0.42586837892049723</v>
+      </c>
+      <c r="D23" s="12">
+        <v>147448</v>
+      </c>
+      <c r="E23" s="1"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="1"/>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B24" t="s">
+        <v>27</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" s="12">
+        <v>4551</v>
+      </c>
+      <c r="E24" s="1"/>
+      <c r="F24" s="1"/>
+      <c r="G24" s="1"/>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B25" t="s">
+        <v>28</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" s="12">
+        <v>1787</v>
+      </c>
+      <c r="E25" s="1"/>
+      <c r="F25" s="1"/>
+      <c r="G25" s="1"/>
+    </row>
+    <row r="26" spans="1:7">
+      <c r="A26" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B26" t="s">
+        <v>29</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" s="12">
+        <v>15006</v>
+      </c>
+      <c r="E26" s="1"/>
+      <c r="F26" s="1"/>
+      <c r="G26" s="1"/>
+    </row>
+    <row r="27" spans="1:7">
+      <c r="A27" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B27" t="s">
+        <v>30</v>
+      </c>
+      <c r="C27" s="11">
+        <v>0.20811945757063013</v>
+      </c>
+      <c r="D27" s="12">
+        <v>72057</v>
+      </c>
+      <c r="E27" s="1"/>
+      <c r="F27" s="1"/>
+      <c r="G27" s="1"/>
+    </row>
+    <row r="28" spans="1:7">
+      <c r="A28" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B28" t="s">
+        <v>31</v>
+      </c>
+      <c r="C28" s="11">
+        <v>0.22112818728319264</v>
+      </c>
+      <c r="D28" s="12">
+        <v>76561</v>
+      </c>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
+      <c r="G28" s="1"/>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B29" t="s">
+        <v>32</v>
+      </c>
+      <c r="C29" s="11">
+        <v>8.3710482517584311E-2</v>
+      </c>
+      <c r="D29" s="12">
+        <v>28983</v>
+      </c>
+      <c r="E29" s="1"/>
+      <c r="F29" s="1"/>
+      <c r="G29" s="1"/>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B30" t="s">
+        <v>33</v>
+      </c>
+      <c r="C30" s="11">
+        <v>0.14263679326263332</v>
+      </c>
+      <c r="D30" s="12">
+        <v>49385</v>
+      </c>
+      <c r="E30" s="1"/>
+      <c r="F30" s="1"/>
+      <c r="G30" s="1"/>
+    </row>
+    <row r="31" spans="1:7">
+      <c r="A31" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B31" t="s">
+        <v>34</v>
+      </c>
+      <c r="C31" s="11">
+        <v>2.3145892095013174</v>
+      </c>
+      <c r="D31" s="12">
+        <v>801378</v>
+      </c>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
+      <c r="G31" s="1"/>
+    </row>
+    <row r="32" spans="1:7">
+      <c r="A32" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B32" t="s">
+        <v>35</v>
+      </c>
+      <c r="C32" s="11">
+        <v>0.40084736970648099</v>
+      </c>
+      <c r="D32" s="12">
+        <v>138785</v>
+      </c>
+      <c r="E32" s="1"/>
+      <c r="F32" s="1"/>
+      <c r="G32" s="1"/>
+    </row>
+    <row r="33" spans="1:7">
+      <c r="A33" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B33" t="s">
+        <v>36</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" s="12">
+        <v>14683</v>
+      </c>
+      <c r="E33" s="1"/>
+      <c r="F33" s="1"/>
+      <c r="G33" s="1"/>
+    </row>
+    <row r="34" spans="1:7">
+      <c r="A34" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B34" t="s">
+        <v>37</v>
+      </c>
+      <c r="C34" s="11">
+        <v>1.3294985307991494</v>
+      </c>
+      <c r="D34" s="12">
+        <v>460310.99999999994</v>
+      </c>
+      <c r="E34" s="1"/>
+      <c r="F34" s="1"/>
+      <c r="G34" s="1"/>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B35" t="s">
+        <v>38</v>
+      </c>
+      <c r="C35" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" s="12">
+        <v>571</v>
+      </c>
+      <c r="E35" s="1"/>
+      <c r="F35" s="1"/>
+      <c r="G35" s="1"/>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B36" t="s">
+        <v>39</v>
+      </c>
+      <c r="C36" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" s="12">
+        <v>5157</v>
+      </c>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1"/>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B37" t="s">
+        <v>40</v>
+      </c>
+      <c r="C37" s="11">
+        <v>0.32608760951998711</v>
+      </c>
+      <c r="D37" s="12">
+        <v>112901</v>
+      </c>
+      <c r="E37" s="1"/>
+      <c r="F37" s="1"/>
+      <c r="G37" s="1"/>
+    </row>
+    <row r="38" spans="1:7">
+      <c r="A38" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B38" t="s">
+        <v>41</v>
+      </c>
+      <c r="C38" s="11">
+        <v>0.26221659511865325</v>
+      </c>
+      <c r="D38" s="12">
+        <v>90787</v>
+      </c>
+      <c r="E38" s="1"/>
+      <c r="F38" s="1"/>
+      <c r="G38" s="1"/>
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B39" t="s">
+        <v>42</v>
+      </c>
+      <c r="C39" s="11">
+        <v>5.4649690852044071</v>
+      </c>
+      <c r="D39" s="12">
+        <v>1892131</v>
+      </c>
+      <c r="E39" s="1"/>
+      <c r="F39" s="1"/>
+      <c r="G39" s="1"/>
+    </row>
+    <row r="40" spans="1:7">
+      <c r="A40" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B40" t="s">
+        <v>43</v>
+      </c>
+      <c r="C40" s="11">
+        <v>0.55723228762093435</v>
+      </c>
+      <c r="D40" s="12">
+        <v>192930</v>
+      </c>
+      <c r="E40" s="1"/>
+      <c r="F40" s="1"/>
+      <c r="G40" s="1"/>
+    </row>
+    <row r="41" spans="1:7">
+      <c r="A41" s="3">
         <v>2024</v>
       </c>
-      <c r="B4" s="6" t="s">
+      <c r="B41" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C41" s="6">
+        <v>0.3</v>
+      </c>
+      <c r="D41" s="7">
+        <v>102794</v>
+      </c>
+      <c r="E41" s="1"/>
+      <c r="F41" s="1"/>
+      <c r="G41" s="1"/>
+    </row>
+    <row r="42" spans="1:7">
+      <c r="A42" s="3">
+        <v>2024</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C42" s="6">
+        <v>0.2</v>
+      </c>
+      <c r="D42" s="7">
+        <v>86656</v>
+      </c>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
+      <c r="G42" s="1"/>
+    </row>
+    <row r="43" spans="1:7">
+      <c r="A43" s="3">
+        <v>2024</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C43" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="D43" s="7">
+        <v>1801405</v>
+      </c>
+      <c r="E43" s="1"/>
+      <c r="F43" s="1"/>
+      <c r="G43" s="1"/>
+    </row>
+    <row r="44" spans="1:7">
+      <c r="A44" s="3">
+        <v>2024</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="C44" s="6">
+        <v>0.5</v>
+      </c>
+      <c r="D44" s="7">
+        <v>189906</v>
+      </c>
+      <c r="E44" s="5"/>
+      <c r="F44" s="5"/>
+      <c r="G44" s="5"/>
+    </row>
+    <row r="45" spans="1:7">
+      <c r="A45" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B45" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="C4" s="9">
+      <c r="C45" s="8">
         <v>3</v>
       </c>
-      <c r="D4" s="10">
-[...10 lines deleted...]
-      <c r="B5" s="6" t="s">
+      <c r="D45" s="7">
+        <v>1077973</v>
+      </c>
+      <c r="E45" s="5"/>
+      <c r="F45" s="5"/>
+      <c r="G45" s="5"/>
+    </row>
+    <row r="46" spans="1:7">
+      <c r="A46" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B46" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="C5" s="9">
-[...13 lines deleted...]
-      <c r="B6" s="6" t="s">
+      <c r="C46" s="9">
+        <v>63.6</v>
+      </c>
+      <c r="D46" s="7">
+        <v>22607142</v>
+      </c>
+      <c r="E46" s="5"/>
+      <c r="F46" s="5"/>
+      <c r="G46" s="5"/>
+    </row>
+    <row r="47" spans="1:7">
+      <c r="A47" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B47" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C6" s="9">
+      <c r="C47" s="9">
+        <v>2.6</v>
+      </c>
+      <c r="D47" s="7">
+        <v>918065</v>
+      </c>
+      <c r="E47" s="5"/>
+      <c r="F47" s="5"/>
+      <c r="G47" s="5"/>
+    </row>
+    <row r="48" spans="1:7">
+      <c r="A48" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" s="9">
+        <v>0.9</v>
+      </c>
+      <c r="D48" s="7">
+        <v>317813</v>
+      </c>
+      <c r="E48" s="5"/>
+      <c r="F48" s="5"/>
+      <c r="G48" s="5"/>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C49" s="9">
+        <v>2.7</v>
+      </c>
+      <c r="D49" s="7">
+        <v>971660</v>
+      </c>
+      <c r="E49" s="5"/>
+      <c r="F49" s="5"/>
+      <c r="G49" s="5"/>
+    </row>
+    <row r="50" spans="1:7">
+      <c r="A50" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C50" s="8">
+        <v>2</v>
+      </c>
+      <c r="D50" s="7">
+        <v>712248</v>
+      </c>
+      <c r="E50" s="5"/>
+      <c r="F50" s="5"/>
+      <c r="G50" s="5"/>
+    </row>
+    <row r="51" spans="1:7">
+      <c r="A51" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C51" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D51" s="7">
+        <v>381270</v>
+      </c>
+      <c r="E51" s="5"/>
+      <c r="F51" s="5"/>
+      <c r="G51" s="5"/>
+    </row>
+    <row r="52" spans="1:7">
+      <c r="A52" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C52" s="8">
+        <v>3</v>
+      </c>
+      <c r="D52" s="7">
+        <v>1078301</v>
+      </c>
+      <c r="E52" s="5"/>
+      <c r="F52" s="5"/>
+      <c r="G52" s="5"/>
+    </row>
+    <row r="53" spans="1:7">
+      <c r="A53" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C53" s="8">
+        <v>1</v>
+      </c>
+      <c r="D53" s="7">
+        <v>341440</v>
+      </c>
+      <c r="E53" s="5"/>
+      <c r="F53" s="5"/>
+      <c r="G53" s="5"/>
+    </row>
+    <row r="54" spans="1:7">
+      <c r="A54" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C54" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D54" s="7">
+        <v>74250</v>
+      </c>
+      <c r="E54" s="5"/>
+      <c r="F54" s="5"/>
+      <c r="G54" s="5"/>
+    </row>
+    <row r="55" spans="1:7">
+      <c r="A55" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C55" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D55" s="7">
+        <v>130139</v>
+      </c>
+      <c r="E55" s="5"/>
+      <c r="F55" s="5"/>
+      <c r="G55" s="5"/>
+    </row>
+    <row r="56" spans="1:7">
+      <c r="A56" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C56" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D56" s="7">
+        <v>19710</v>
+      </c>
+      <c r="E56" s="5"/>
+      <c r="F56" s="5"/>
+      <c r="G56" s="5"/>
+    </row>
+    <row r="57" spans="1:7">
+      <c r="A57" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C57" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" s="7">
+        <v>16700</v>
+      </c>
+      <c r="E57" s="5"/>
+      <c r="F57" s="5"/>
+      <c r="G57" s="5"/>
+    </row>
+    <row r="58" spans="1:7">
+      <c r="A58" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C58" s="9">
+        <v>0.9</v>
+      </c>
+      <c r="D58" s="7">
+        <v>314800</v>
+      </c>
+      <c r="E58" s="5"/>
+      <c r="F58" s="5"/>
+      <c r="G58" s="5"/>
+    </row>
+    <row r="59" spans="1:7">
+      <c r="A59" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C59" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="D59" s="7">
+        <v>612900</v>
+      </c>
+      <c r="E59" s="5"/>
+      <c r="F59" s="5"/>
+      <c r="G59" s="5"/>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C60" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="D60" s="7">
+        <v>608126</v>
+      </c>
+      <c r="E60" s="5"/>
+      <c r="F60" s="5"/>
+      <c r="G60" s="5"/>
+    </row>
+    <row r="61" spans="1:7">
+      <c r="A61" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C61" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D61" s="7">
+        <v>33679</v>
+      </c>
+      <c r="E61" s="5"/>
+      <c r="F61" s="5"/>
+      <c r="G61" s="5"/>
+    </row>
+    <row r="62" spans="1:7">
+      <c r="A62" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C62" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D62" s="7">
+        <v>33210</v>
+      </c>
+      <c r="E62" s="5"/>
+      <c r="F62" s="5"/>
+      <c r="G62" s="5"/>
+    </row>
+    <row r="63" spans="1:7">
+      <c r="A63" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C63" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" s="7">
+        <v>16966</v>
+      </c>
+      <c r="E63" s="5"/>
+      <c r="F63" s="5"/>
+      <c r="G63" s="5"/>
+    </row>
+    <row r="64" spans="1:7">
+      <c r="A64" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C64" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" s="7">
+        <v>1127</v>
+      </c>
+      <c r="E64" s="5"/>
+      <c r="F64" s="5"/>
+      <c r="G64" s="5"/>
+    </row>
+    <row r="65" spans="1:7">
+      <c r="A65" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C65" s="8">
+        <v>1</v>
+      </c>
+      <c r="D65" s="7">
+        <v>338990</v>
+      </c>
+      <c r="E65" s="5"/>
+      <c r="F65" s="5"/>
+      <c r="G65" s="5"/>
+    </row>
+    <row r="66" spans="1:7">
+      <c r="A66" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C66" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D66" s="7">
+        <v>145260</v>
+      </c>
+      <c r="E66" s="5"/>
+      <c r="F66" s="5"/>
+      <c r="G66" s="5"/>
+    </row>
+    <row r="67" spans="1:7">
+      <c r="A67" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C67" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" s="7">
+        <v>14321</v>
+      </c>
+      <c r="E67" s="5"/>
+      <c r="F67" s="5"/>
+      <c r="G67" s="5"/>
+    </row>
+    <row r="68" spans="1:7">
+      <c r="A68" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C68" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D68" s="7">
+        <v>26376</v>
+      </c>
+      <c r="E68" s="5"/>
+      <c r="F68" s="5"/>
+      <c r="G68" s="5"/>
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C69" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" s="7">
+        <v>13852</v>
+      </c>
+      <c r="E69" s="5"/>
+      <c r="F69" s="5"/>
+      <c r="G69" s="5"/>
+    </row>
+    <row r="70" spans="1:7">
+      <c r="A70" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C70" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D70" s="7">
+        <v>75971</v>
+      </c>
+      <c r="E70" s="5"/>
+      <c r="F70" s="5"/>
+      <c r="G70" s="5"/>
+    </row>
+    <row r="71" spans="1:7">
+      <c r="A71" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C71" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D71" s="7">
+        <v>71740</v>
+      </c>
+      <c r="E71" s="5"/>
+      <c r="F71" s="5"/>
+      <c r="G71" s="5"/>
+    </row>
+    <row r="72" spans="1:7">
+      <c r="A72" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C72" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D72" s="7">
+        <v>34407</v>
+      </c>
+      <c r="E72" s="5"/>
+      <c r="F72" s="5"/>
+      <c r="G72" s="5"/>
+    </row>
+    <row r="73" spans="1:7">
+      <c r="A73" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C73" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D73" s="7">
+        <v>59155</v>
+      </c>
+      <c r="E73" s="5"/>
+      <c r="F73" s="5"/>
+      <c r="G73" s="5"/>
+    </row>
+    <row r="74" spans="1:7">
+      <c r="A74" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C74" s="9">
+        <v>2.1</v>
+      </c>
+      <c r="D74" s="7">
+        <v>758158</v>
+      </c>
+      <c r="E74" s="5"/>
+      <c r="F74" s="5"/>
+      <c r="G74" s="5"/>
+    </row>
+    <row r="75" spans="1:7">
+      <c r="A75" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C75" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="D75" s="7">
+        <v>596532</v>
+      </c>
+      <c r="E75" s="5"/>
+      <c r="F75" s="5"/>
+      <c r="G75" s="5"/>
+    </row>
+    <row r="76" spans="1:7">
+      <c r="A76" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C76" s="8">
+        <v>1</v>
+      </c>
+      <c r="D76" s="7">
+        <v>341283</v>
+      </c>
+      <c r="E76" s="5"/>
+      <c r="F76" s="5"/>
+      <c r="G76" s="5"/>
+    </row>
+    <row r="77" spans="1:7">
+      <c r="A77" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C77" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D77" s="7">
+        <v>31134</v>
+      </c>
+      <c r="E77" s="5"/>
+      <c r="F77" s="5"/>
+      <c r="G77" s="5"/>
+    </row>
+    <row r="78" spans="1:7">
+      <c r="A78" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C78" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D78" s="7">
+        <v>23335</v>
+      </c>
+      <c r="E78" s="5"/>
+      <c r="F78" s="5"/>
+      <c r="G78" s="5"/>
+    </row>
+    <row r="79" spans="1:7">
+      <c r="A79" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C79" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="D79" s="7">
+        <v>563952</v>
+      </c>
+      <c r="E79" s="5"/>
+      <c r="F79" s="5"/>
+      <c r="G79" s="5"/>
+    </row>
+    <row r="80" spans="1:7">
+      <c r="A80" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C80" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" s="7">
+        <v>638</v>
+      </c>
+      <c r="E80" s="5"/>
+      <c r="F80" s="5"/>
+      <c r="G80" s="5"/>
+    </row>
+    <row r="81" spans="1:7">
+      <c r="A81" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C81" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D81" s="7">
+        <v>39377</v>
+      </c>
+      <c r="E81" s="5"/>
+      <c r="F81" s="5"/>
+      <c r="G81" s="5"/>
+    </row>
+    <row r="82" spans="1:7">
+      <c r="A82" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C82" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D82" s="7">
+        <v>91585</v>
+      </c>
+      <c r="E82" s="5"/>
+      <c r="F82" s="5"/>
+      <c r="G82" s="5"/>
+    </row>
+    <row r="83" spans="1:7">
+      <c r="A83" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C83" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D83" s="7">
+        <v>94607</v>
+      </c>
+      <c r="E83" s="5"/>
+      <c r="F83" s="5"/>
+      <c r="G83" s="5"/>
+    </row>
+    <row r="84" spans="1:7">
+      <c r="A84" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C84" s="8">
+        <v>5</v>
+      </c>
+      <c r="D84" s="7">
+        <v>1773236</v>
+      </c>
+      <c r="E84" s="5"/>
+      <c r="F84" s="5"/>
+      <c r="G84" s="5"/>
+    </row>
+    <row r="85" spans="1:7">
+      <c r="A85" s="4">
+        <v>2023</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C85" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="D85" s="7">
+        <v>206828</v>
+      </c>
+      <c r="E85" s="5"/>
+      <c r="F85" s="5"/>
+      <c r="G85" s="5"/>
+    </row>
+    <row r="86" spans="1:7">
+      <c r="A86" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C86" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="D86" s="7">
+        <v>1152910</v>
+      </c>
+      <c r="E86" s="5"/>
+      <c r="F86" s="5"/>
+      <c r="G86" s="5"/>
+    </row>
+    <row r="87" spans="1:7">
+      <c r="A87" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C87" s="9">
+        <v>62.3</v>
+      </c>
+      <c r="D87" s="7">
+        <v>22172387</v>
+      </c>
+      <c r="E87" s="5"/>
+      <c r="F87" s="5"/>
+      <c r="G87" s="5"/>
+    </row>
+    <row r="88" spans="1:7">
+      <c r="A88" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C88" s="9">
+        <v>2.7</v>
+      </c>
+      <c r="D88" s="7">
+        <v>975699</v>
+      </c>
+      <c r="E88" s="5"/>
+      <c r="F88" s="5"/>
+      <c r="G88" s="5"/>
+    </row>
+    <row r="89" spans="1:7">
+      <c r="A89" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" s="9">
+        <v>0.9</v>
+      </c>
+      <c r="D89" s="7">
+        <v>309430.31619421119</v>
+      </c>
+      <c r="E89" s="5"/>
+      <c r="F89" s="5"/>
+      <c r="G89" s="5"/>
+    </row>
+    <row r="90" spans="1:7">
+      <c r="A90" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="C90" s="9">
         <v>2.5</v>
       </c>
-      <c r="D6" s="10">
-[...10 lines deleted...]
-      <c r="B7" s="6" t="s">
+      <c r="D90" s="7">
+        <v>897365</v>
+      </c>
+      <c r="E90" s="5"/>
+      <c r="F90" s="5"/>
+      <c r="G90" s="5"/>
+    </row>
+    <row r="91" spans="1:7">
+      <c r="A91" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C91" s="8">
+        <v>2</v>
+      </c>
+      <c r="D91" s="7">
+        <v>715780</v>
+      </c>
+      <c r="E91" s="5"/>
+      <c r="F91" s="5"/>
+      <c r="G91" s="5"/>
+    </row>
+    <row r="92" spans="1:7">
+      <c r="A92" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C92" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D92" s="7">
+        <v>377607</v>
+      </c>
+      <c r="E92" s="5"/>
+      <c r="F92" s="5"/>
+      <c r="G92" s="5"/>
+    </row>
+    <row r="93" spans="1:7">
+      <c r="A93" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C93" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="D93" s="7">
+        <v>982746.79079081304</v>
+      </c>
+      <c r="E93" s="5"/>
+      <c r="F93" s="5"/>
+      <c r="G93" s="5"/>
+    </row>
+    <row r="94" spans="1:7">
+      <c r="A94" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C94" s="9">
+        <v>1.2</v>
+      </c>
+      <c r="D94" s="7">
+        <v>424457</v>
+      </c>
+      <c r="E94" s="5"/>
+      <c r="F94" s="5"/>
+      <c r="G94" s="5"/>
+    </row>
+    <row r="95" spans="1:7">
+      <c r="A95" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C95" s="9">
+        <v>0.5</v>
+      </c>
+      <c r="D95" s="7">
+        <v>163538.20920918696</v>
+      </c>
+      <c r="E95" s="5"/>
+      <c r="F95" s="5"/>
+      <c r="G95" s="5"/>
+    </row>
+    <row r="96" spans="1:7">
+      <c r="A96" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C96" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D96" s="7">
+        <v>130953.6950384197</v>
+      </c>
+      <c r="E96" s="5"/>
+      <c r="F96" s="5"/>
+      <c r="G96" s="5"/>
+    </row>
+    <row r="97" spans="1:7">
+      <c r="A97" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C97" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D97" s="7">
+        <v>124894.19273265118</v>
+      </c>
+      <c r="E97" s="5"/>
+      <c r="F97" s="5"/>
+      <c r="G97" s="5"/>
+    </row>
+    <row r="98" spans="1:7">
+      <c r="A98" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C98" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D98" s="7">
+        <v>26002</v>
+      </c>
+      <c r="E98" s="5"/>
+      <c r="F98" s="5"/>
+      <c r="G98" s="5"/>
+    </row>
+    <row r="99" spans="1:7">
+      <c r="A99" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C99" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D99" s="7">
+        <v>48040.112228929131</v>
+      </c>
+      <c r="E99" s="5"/>
+      <c r="F99" s="5"/>
+      <c r="G99" s="5"/>
+    </row>
+    <row r="100" spans="1:7">
+      <c r="A100" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C100" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D100" s="7">
+        <v>17237</v>
+      </c>
+      <c r="E100" s="5"/>
+      <c r="F100" s="5"/>
+      <c r="G100" s="5"/>
+    </row>
+    <row r="101" spans="1:7">
+      <c r="A101" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C101" s="8">
+        <v>1</v>
+      </c>
+      <c r="D101" s="7">
+        <v>342376</v>
+      </c>
+      <c r="E101" s="5"/>
+      <c r="F101" s="5"/>
+      <c r="G101" s="5"/>
+    </row>
+    <row r="102" spans="1:7">
+      <c r="A102" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C102" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="D102" s="7">
+        <v>616260.43924562284</v>
+      </c>
+      <c r="E102" s="5"/>
+      <c r="F102" s="5"/>
+      <c r="G102" s="5"/>
+    </row>
+    <row r="103" spans="1:7">
+      <c r="A103" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="C103" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="D103" s="7">
+        <v>562215.68380578887</v>
+      </c>
+      <c r="E103" s="5"/>
+      <c r="F103" s="5"/>
+      <c r="G103" s="5"/>
+    </row>
+    <row r="104" spans="1:7">
+      <c r="A104" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C104" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D104" s="7">
+        <v>33002.884593564129</v>
+      </c>
+      <c r="E104" s="5"/>
+      <c r="F104" s="5"/>
+      <c r="G104" s="5"/>
+    </row>
+    <row r="105" spans="1:7">
+      <c r="A105" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C105" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D105" s="7">
+        <v>106754.38281550171</v>
+      </c>
+      <c r="E105" s="5"/>
+      <c r="F105" s="5"/>
+      <c r="G105" s="5"/>
+    </row>
+    <row r="106" spans="1:7">
+      <c r="A106" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C106" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D106" s="7">
+        <v>18522</v>
+      </c>
+      <c r="E106" s="5"/>
+      <c r="F106" s="5"/>
+      <c r="G106" s="5"/>
+    </row>
+    <row r="107" spans="1:7">
+      <c r="A107" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="C107" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D107" s="7">
+        <v>1149</v>
+      </c>
+      <c r="E107" s="5"/>
+      <c r="F107" s="5"/>
+      <c r="G107" s="5"/>
+    </row>
+    <row r="108" spans="1:7">
+      <c r="A108" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C108" s="8">
+        <v>1</v>
+      </c>
+      <c r="D108" s="7">
+        <v>344293</v>
+      </c>
+      <c r="E108" s="5"/>
+      <c r="F108" s="5"/>
+      <c r="G108" s="5"/>
+    </row>
+    <row r="109" spans="1:7">
+      <c r="A109" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C109" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D109" s="7">
+        <v>146603</v>
+      </c>
+      <c r="E109" s="5"/>
+      <c r="F109" s="5"/>
+      <c r="G109" s="5"/>
+    </row>
+    <row r="110" spans="1:7">
+      <c r="A110" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C110" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D110" s="7">
+        <v>19332</v>
+      </c>
+      <c r="E110" s="5"/>
+      <c r="F110" s="5"/>
+      <c r="G110" s="5"/>
+    </row>
+    <row r="111" spans="1:7">
+      <c r="A111" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C111" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D111" s="7">
+        <v>27607.115406435871</v>
+      </c>
+      <c r="E111" s="5"/>
+      <c r="F111" s="5"/>
+      <c r="G111" s="5"/>
+    </row>
+    <row r="112" spans="1:7">
+      <c r="A112" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C112" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D112" s="7">
+        <v>14524</v>
+      </c>
+      <c r="E112" s="5"/>
+      <c r="F112" s="5"/>
+      <c r="G112" s="5"/>
+    </row>
+    <row r="113" spans="1:7">
+      <c r="A113" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C113" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D113" s="7">
+        <v>76955</v>
+      </c>
+      <c r="E113" s="5"/>
+      <c r="F113" s="5"/>
+      <c r="G113" s="5"/>
+    </row>
+    <row r="114" spans="1:7">
+      <c r="A114" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C114" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D114" s="7">
+        <v>94689.56075437722</v>
+      </c>
+      <c r="E114" s="5"/>
+      <c r="F114" s="5"/>
+      <c r="G114" s="5"/>
+    </row>
+    <row r="115" spans="1:7">
+      <c r="A115" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C115" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D115" s="7">
+        <v>36146</v>
+      </c>
+      <c r="E115" s="5"/>
+      <c r="F115" s="5"/>
+      <c r="G115" s="5"/>
+    </row>
+    <row r="116" spans="1:7">
+      <c r="A116" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C116" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D116" s="7">
+        <v>83729</v>
+      </c>
+      <c r="E116" s="5"/>
+      <c r="F116" s="5"/>
+      <c r="G116" s="5"/>
+    </row>
+    <row r="117" spans="1:7">
+      <c r="A117" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C117" s="9">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D117" s="7">
+        <v>768244</v>
+      </c>
+      <c r="E117" s="5"/>
+      <c r="F117" s="5"/>
+      <c r="G117" s="5"/>
+    </row>
+    <row r="118" spans="1:7">
+      <c r="A118" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C118" s="9">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="D118" s="7">
+        <v>811740</v>
+      </c>
+      <c r="E118" s="5"/>
+      <c r="F118" s="5"/>
+      <c r="G118" s="5"/>
+    </row>
+    <row r="119" spans="1:7">
+      <c r="A119" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C119" s="9">
+        <v>0.9</v>
+      </c>
+      <c r="D119" s="7">
+        <v>303517</v>
+      </c>
+      <c r="E119" s="5"/>
+      <c r="F119" s="5"/>
+      <c r="G119" s="5"/>
+    </row>
+    <row r="120" spans="1:7">
+      <c r="A120" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C120" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D120" s="7">
+        <v>92990.102659544456</v>
+      </c>
+      <c r="E120" s="5"/>
+      <c r="F120" s="5"/>
+      <c r="G120" s="5"/>
+    </row>
+    <row r="121" spans="1:7">
+      <c r="A121" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C121" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D121" s="7">
+        <v>22387.514524953825</v>
+      </c>
+      <c r="E121" s="5"/>
+      <c r="F121" s="5"/>
+      <c r="G121" s="5"/>
+    </row>
+    <row r="122" spans="1:7">
+      <c r="A122" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C122" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="D122" s="7">
+        <v>576554</v>
+      </c>
+      <c r="E122" s="5"/>
+      <c r="F122" s="5"/>
+      <c r="G122" s="5"/>
+    </row>
+    <row r="123" spans="1:7">
+      <c r="A123" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C123" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D123" s="7">
+        <v>657</v>
+      </c>
+      <c r="E123" s="5"/>
+      <c r="F123" s="5"/>
+      <c r="G123" s="5"/>
+    </row>
+    <row r="124" spans="1:7">
+      <c r="A124" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C124" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D124" s="7">
+        <v>41052</v>
+      </c>
+      <c r="E124" s="5"/>
+      <c r="F124" s="5"/>
+      <c r="G124" s="5"/>
+    </row>
+    <row r="125" spans="1:7">
+      <c r="A125" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C125" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D125" s="7">
+        <v>97779</v>
+      </c>
+      <c r="E125" s="5"/>
+      <c r="F125" s="5"/>
+      <c r="G125" s="5"/>
+    </row>
+    <row r="126" spans="1:7">
+      <c r="A126" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C126" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D126" s="7">
+        <v>87667</v>
+      </c>
+      <c r="E126" s="5"/>
+      <c r="F126" s="5"/>
+      <c r="G126" s="5"/>
+    </row>
+    <row r="127" spans="1:7">
+      <c r="A127" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C127" s="9">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="D127" s="7">
+        <v>1554290</v>
+      </c>
+      <c r="E127" s="5"/>
+      <c r="F127" s="5"/>
+      <c r="G127" s="5"/>
+    </row>
+    <row r="128" spans="1:7">
+      <c r="A128" s="3">
+        <v>2022</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="C128" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="D128" s="7">
+        <v>200609</v>
+      </c>
+      <c r="E128" s="5"/>
+      <c r="F128" s="5"/>
+      <c r="G128" s="5"/>
+    </row>
+    <row r="129" spans="1:7">
+      <c r="A129" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B129" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C129" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="D129" s="7">
+        <v>1161586</v>
+      </c>
+      <c r="E129" s="5"/>
+      <c r="F129" s="5"/>
+      <c r="G129" s="5"/>
+    </row>
+    <row r="130" spans="1:7">
+      <c r="A130" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C130" s="9">
+        <v>62.1</v>
+      </c>
+      <c r="D130" s="7">
+        <v>22535017</v>
+      </c>
+      <c r="E130" s="5"/>
+      <c r="F130" s="5"/>
+      <c r="G130" s="5"/>
+    </row>
+    <row r="131" spans="1:7">
+      <c r="A131" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C131" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="D131" s="7">
+        <v>1001801</v>
+      </c>
+      <c r="E131" s="5"/>
+      <c r="F131" s="5"/>
+      <c r="G131" s="5"/>
+    </row>
+    <row r="132" spans="1:7">
+      <c r="A132" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B132" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C132" s="9">
+        <v>2.6</v>
+      </c>
+      <c r="D132" s="7">
+        <v>930318</v>
+      </c>
+      <c r="E132" s="5"/>
+      <c r="F132" s="5"/>
+      <c r="G132" s="5"/>
+    </row>
+    <row r="133" spans="1:7">
+      <c r="A133" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B133" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C133" s="8">
+        <v>2</v>
+      </c>
+      <c r="D133" s="7">
+        <v>708311</v>
+      </c>
+      <c r="E133" s="5"/>
+      <c r="F133" s="5"/>
+      <c r="G133" s="5"/>
+    </row>
+    <row r="134" spans="1:7">
+      <c r="A134" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B134" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C134" s="8">
+        <v>1</v>
+      </c>
+      <c r="D134" s="7">
+        <v>371407</v>
+      </c>
+      <c r="E134" s="5"/>
+      <c r="F134" s="5"/>
+      <c r="G134" s="5"/>
+    </row>
+    <row r="135" spans="1:7">
+      <c r="A135" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C135" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="D135" s="7">
+        <v>1013699</v>
+      </c>
+      <c r="E135" s="5"/>
+      <c r="F135" s="5"/>
+      <c r="G135" s="5"/>
+    </row>
+    <row r="136" spans="1:7">
+      <c r="A136" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C136" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="D136" s="7">
+        <v>563790</v>
+      </c>
+      <c r="E136" s="5"/>
+      <c r="F136" s="5"/>
+      <c r="G136" s="5"/>
+    </row>
+    <row r="137" spans="1:7">
+      <c r="A137" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B137" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C137" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D137" s="7">
+        <v>131277</v>
+      </c>
+      <c r="E137" s="5"/>
+      <c r="F137" s="5"/>
+      <c r="G137" s="5"/>
+    </row>
+    <row r="138" spans="1:7">
+      <c r="A138" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B138" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C138" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D138" s="7">
+        <v>119292</v>
+      </c>
+      <c r="E138" s="5"/>
+      <c r="F138" s="5"/>
+      <c r="G138" s="5"/>
+    </row>
+    <row r="139" spans="1:7">
+      <c r="A139" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B139" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C139" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D139" s="7">
+        <v>20632</v>
+      </c>
+      <c r="E139" s="5"/>
+      <c r="F139" s="5"/>
+      <c r="G139" s="5"/>
+    </row>
+    <row r="140" spans="1:7">
+      <c r="A140" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B140" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C140" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D140" s="7">
+        <v>17489</v>
+      </c>
+      <c r="E140" s="5"/>
+      <c r="F140" s="5"/>
+      <c r="G140" s="5"/>
+    </row>
+    <row r="141" spans="1:7">
+      <c r="A141" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B141" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C141" s="9">
+        <v>0.9</v>
+      </c>
+      <c r="D141" s="7">
+        <v>342452</v>
+      </c>
+      <c r="E141" s="5"/>
+      <c r="F141" s="5"/>
+      <c r="G141" s="5"/>
+    </row>
+    <row r="142" spans="1:7">
+      <c r="A142" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B142" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C142" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="D142" s="7">
+        <v>607566</v>
+      </c>
+      <c r="E142" s="5"/>
+      <c r="F142" s="5"/>
+      <c r="G142" s="5"/>
+    </row>
+    <row r="143" spans="1:7">
+      <c r="A143" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B143" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C143" s="8">
+        <v>2</v>
+      </c>
+      <c r="D143" s="7">
+        <v>736013</v>
+      </c>
+      <c r="E143" s="5"/>
+      <c r="F143" s="5"/>
+      <c r="G143" s="5"/>
+    </row>
+    <row r="144" spans="1:7">
+      <c r="A144" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B144" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C144" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D144" s="7">
+        <v>17456</v>
+      </c>
+      <c r="E144" s="5"/>
+      <c r="F144" s="5"/>
+      <c r="G144" s="5"/>
+    </row>
+    <row r="145" spans="1:7">
+      <c r="A145" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B145" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C145" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D145" s="7">
+        <v>1159</v>
+      </c>
+      <c r="E145" s="5"/>
+      <c r="F145" s="5"/>
+      <c r="G145" s="5"/>
+    </row>
+    <row r="146" spans="1:7">
+      <c r="A146" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B146" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C146" s="9">
+        <v>0.9</v>
+      </c>
+      <c r="D146" s="7">
+        <v>329173</v>
+      </c>
+      <c r="E146" s="5"/>
+      <c r="F146" s="5"/>
+      <c r="G146" s="5"/>
+    </row>
+    <row r="147" spans="1:7">
+      <c r="A147" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C147" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D147" s="7">
+        <v>145240</v>
+      </c>
+      <c r="E147" s="5"/>
+      <c r="F147" s="5"/>
+      <c r="G147" s="5"/>
+    </row>
+    <row r="148" spans="1:7">
+      <c r="A148" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B148" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C148" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D148" s="7">
+        <v>23573</v>
+      </c>
+      <c r="E148" s="5"/>
+      <c r="F148" s="5"/>
+      <c r="G148" s="5"/>
+    </row>
+    <row r="149" spans="1:7">
+      <c r="A149" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B149" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C149" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D149" s="7">
+        <v>61968</v>
+      </c>
+      <c r="E149" s="5"/>
+      <c r="F149" s="5"/>
+      <c r="G149" s="5"/>
+    </row>
+    <row r="150" spans="1:7">
+      <c r="A150" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B150" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C150" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D150" s="7">
+        <v>16939</v>
+      </c>
+      <c r="E150" s="5"/>
+      <c r="F150" s="5"/>
+      <c r="G150" s="5"/>
+    </row>
+    <row r="151" spans="1:7">
+      <c r="A151" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B151" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C151" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D151" s="7">
+        <v>75022</v>
+      </c>
+      <c r="E151" s="5"/>
+      <c r="F151" s="5"/>
+      <c r="G151" s="5"/>
+    </row>
+    <row r="152" spans="1:7">
+      <c r="A152" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B152" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C152" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D152" s="7">
+        <v>89464</v>
+      </c>
+      <c r="E152" s="5"/>
+      <c r="F152" s="5"/>
+      <c r="G152" s="5"/>
+    </row>
+    <row r="153" spans="1:7">
+      <c r="A153" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B153" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C153" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D153" s="7">
+        <v>32564</v>
+      </c>
+      <c r="E153" s="5"/>
+      <c r="F153" s="5"/>
+      <c r="G153" s="5"/>
+    </row>
+    <row r="154" spans="1:7">
+      <c r="A154" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B154" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C154" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D154" s="7">
+        <v>90348</v>
+      </c>
+      <c r="E154" s="5"/>
+      <c r="F154" s="5"/>
+      <c r="G154" s="5"/>
+    </row>
+    <row r="155" spans="1:7">
+      <c r="A155" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B155" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C155" s="9">
+        <v>2.1</v>
+      </c>
+      <c r="D155" s="7">
+        <v>757755</v>
+      </c>
+      <c r="E155" s="5"/>
+      <c r="F155" s="5"/>
+      <c r="G155" s="5"/>
+    </row>
+    <row r="156" spans="1:7">
+      <c r="A156" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B156" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C156" s="9">
+        <v>1.9</v>
+      </c>
+      <c r="D156" s="7">
+        <v>673827</v>
+      </c>
+      <c r="E156" s="5"/>
+      <c r="F156" s="5"/>
+      <c r="G156" s="5"/>
+    </row>
+    <row r="157" spans="1:7">
+      <c r="A157" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B157" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C157" s="9">
+        <v>0.9</v>
+      </c>
+      <c r="D157" s="7">
+        <v>309735</v>
+      </c>
+      <c r="E157" s="5"/>
+      <c r="F157" s="5"/>
+      <c r="G157" s="5"/>
+    </row>
+    <row r="158" spans="1:7">
+      <c r="A158" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B158" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C158" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D158" s="7">
+        <v>25725</v>
+      </c>
+      <c r="E158" s="5"/>
+      <c r="F158" s="5"/>
+      <c r="G158" s="5"/>
+    </row>
+    <row r="159" spans="1:7">
+      <c r="A159" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B159" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C159" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="D159" s="7">
+        <v>564705</v>
+      </c>
+      <c r="E159" s="5"/>
+      <c r="F159" s="5"/>
+      <c r="G159" s="5"/>
+    </row>
+    <row r="160" spans="1:7">
+      <c r="A160" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B160" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C160" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D160" s="7">
+        <v>609</v>
+      </c>
+      <c r="E160" s="5"/>
+      <c r="F160" s="5"/>
+      <c r="G160" s="5"/>
+    </row>
+    <row r="161" spans="1:7">
+      <c r="A161" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B161" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C161" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D161" s="7">
+        <v>42554</v>
+      </c>
+      <c r="E161" s="5"/>
+      <c r="F161" s="5"/>
+      <c r="G161" s="5"/>
+    </row>
+    <row r="162" spans="1:7">
+      <c r="A162" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B162" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C162" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D162" s="7">
+        <v>102402</v>
+      </c>
+      <c r="E162" s="5"/>
+      <c r="F162" s="5"/>
+      <c r="G162" s="5"/>
+    </row>
+    <row r="163" spans="1:7">
+      <c r="A163" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B163" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C163" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D163" s="7">
+        <v>83463</v>
+      </c>
+      <c r="E163" s="5"/>
+      <c r="F163" s="5"/>
+      <c r="G163" s="5"/>
+    </row>
+    <row r="164" spans="1:7">
+      <c r="A164" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B164" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C164" s="9">
+        <v>5.3</v>
+      </c>
+      <c r="D164" s="7">
+        <v>1915205</v>
+      </c>
+      <c r="E164" s="5"/>
+      <c r="F164" s="5"/>
+      <c r="G164" s="5"/>
+    </row>
+    <row r="165" spans="1:7">
+      <c r="A165" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B165" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C165" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="D165" s="7">
+        <v>219222</v>
+      </c>
+      <c r="E165" s="5"/>
+      <c r="F165" s="5"/>
+      <c r="G165" s="5"/>
+    </row>
+    <row r="166" spans="1:7">
+      <c r="A166" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B166" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="C7" s="9">
+      <c r="C166" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D166" s="7">
+        <v>126261</v>
+      </c>
+      <c r="E166" s="5"/>
+      <c r="F166" s="5"/>
+      <c r="G166" s="5"/>
+    </row>
+    <row r="167" spans="1:7">
+      <c r="A167" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B167" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C167" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D167" s="7">
+        <v>59482</v>
+      </c>
+      <c r="E167" s="5"/>
+      <c r="F167" s="5"/>
+      <c r="G167" s="5"/>
+    </row>
+    <row r="168" spans="1:7">
+      <c r="A168" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B168" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C168" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D168" s="7">
+        <v>100437</v>
+      </c>
+      <c r="E168" s="5"/>
+      <c r="F168" s="5"/>
+      <c r="G168" s="5"/>
+    </row>
+    <row r="169" spans="1:7">
+      <c r="A169" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B169" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C169" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D169" s="7">
+        <v>90755</v>
+      </c>
+      <c r="E169" s="5"/>
+      <c r="F169" s="5"/>
+      <c r="G169" s="5"/>
+    </row>
+    <row r="170" spans="1:7">
+      <c r="A170" s="4">
+        <v>2021</v>
+      </c>
+      <c r="B170" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C170" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D170" s="7">
+        <v>92285</v>
+      </c>
+      <c r="E170" s="5"/>
+      <c r="F170" s="5"/>
+      <c r="G170" s="5"/>
+    </row>
+    <row r="171" spans="1:7">
+      <c r="A171" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C171" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="D171" s="7">
+        <v>1024191</v>
+      </c>
+      <c r="E171" s="5"/>
+      <c r="F171" s="5"/>
+      <c r="G171" s="5"/>
+    </row>
+    <row r="172" spans="1:7">
+      <c r="A172" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C172" s="9">
+        <v>62.8</v>
+      </c>
+      <c r="D172" s="7">
+        <v>22847012</v>
+      </c>
+      <c r="E172" s="5"/>
+      <c r="F172" s="5"/>
+      <c r="G172" s="5"/>
+    </row>
+    <row r="173" spans="1:7">
+      <c r="A173" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C173" s="9">
+        <v>2.7</v>
+      </c>
+      <c r="D173" s="7">
+        <v>981369</v>
+      </c>
+      <c r="E173" s="5"/>
+      <c r="F173" s="5"/>
+      <c r="G173" s="5"/>
+    </row>
+    <row r="174" spans="1:7">
+      <c r="A174" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" s="9">
         <v>0.9</v>
       </c>
-      <c r="D7" s="10">
-[...10 lines deleted...]
-      <c r="B8" s="6" t="s">
+      <c r="D174" s="7">
+        <v>332054</v>
+      </c>
+      <c r="E174" s="5"/>
+      <c r="F174" s="5"/>
+      <c r="G174" s="5"/>
+    </row>
+    <row r="175" spans="1:7">
+      <c r="A175" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B175" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="9">
+      <c r="C175" s="9">
         <v>2.2999999999999998</v>
       </c>
-      <c r="D8" s="10">
-[...10 lines deleted...]
-      <c r="B9" s="6" t="s">
+      <c r="D175" s="7">
+        <v>840927</v>
+      </c>
+      <c r="E175" s="5"/>
+      <c r="F175" s="5"/>
+      <c r="G175" s="5"/>
+    </row>
+    <row r="176" spans="1:7">
+      <c r="A176" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B176" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="C9" s="9">
+      <c r="C176" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="D176" s="7">
+        <v>631675</v>
+      </c>
+      <c r="E176" s="5"/>
+      <c r="F176" s="5"/>
+      <c r="G176" s="5"/>
+    </row>
+    <row r="177" spans="1:7">
+      <c r="A177" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B177" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C177" s="8">
+        <v>1</v>
+      </c>
+      <c r="D177" s="7">
+        <v>354264</v>
+      </c>
+      <c r="E177" s="5"/>
+      <c r="F177" s="5"/>
+      <c r="G177" s="5"/>
+    </row>
+    <row r="178" spans="1:7">
+      <c r="A178" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C178" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="D178" s="7">
+        <v>1022616</v>
+      </c>
+      <c r="E178" s="5"/>
+      <c r="F178" s="5"/>
+      <c r="G178" s="5"/>
+    </row>
+    <row r="179" spans="1:7">
+      <c r="A179" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B179" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C179" s="9">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D179" s="7">
+        <v>793253</v>
+      </c>
+      <c r="E179" s="5"/>
+      <c r="F179" s="5"/>
+      <c r="G179" s="5"/>
+    </row>
+    <row r="180" spans="1:7">
+      <c r="A180" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B180" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C180" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D180" s="7">
+        <v>100088</v>
+      </c>
+      <c r="E180" s="5"/>
+      <c r="F180" s="5"/>
+      <c r="G180" s="5"/>
+    </row>
+    <row r="181" spans="1:7">
+      <c r="A181" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B181" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C181" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D181" s="7">
+        <v>127932</v>
+      </c>
+      <c r="E181" s="5"/>
+      <c r="F181" s="5"/>
+      <c r="G181" s="5"/>
+    </row>
+    <row r="182" spans="1:7">
+      <c r="A182" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B182" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C182" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D182" s="7">
+        <v>118969</v>
+      </c>
+      <c r="E182" s="5"/>
+      <c r="F182" s="5"/>
+      <c r="G182" s="5"/>
+    </row>
+    <row r="183" spans="1:7">
+      <c r="A183" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B183" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C183" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D183" s="7">
+        <v>19347</v>
+      </c>
+      <c r="E183" s="5"/>
+      <c r="F183" s="5"/>
+      <c r="G183" s="5"/>
+    </row>
+    <row r="184" spans="1:7">
+      <c r="A184" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C184" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D184" s="7">
+        <v>39103</v>
+      </c>
+      <c r="E184" s="5"/>
+      <c r="F184" s="5"/>
+      <c r="G184" s="5"/>
+    </row>
+    <row r="185" spans="1:7">
+      <c r="A185" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B185" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C185" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D185" s="7">
+        <v>16277</v>
+      </c>
+      <c r="E185" s="5"/>
+      <c r="F185" s="5"/>
+      <c r="G185" s="5"/>
+    </row>
+    <row r="186" spans="1:7">
+      <c r="A186" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B186" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C186" s="9">
+        <v>0.8</v>
+      </c>
+      <c r="D186" s="7">
+        <v>302114</v>
+      </c>
+      <c r="E186" s="5"/>
+      <c r="F186" s="5"/>
+      <c r="G186" s="5"/>
+    </row>
+    <row r="187" spans="1:7">
+      <c r="A187" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B187" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C187" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="D187" s="7">
+        <v>611226</v>
+      </c>
+      <c r="E187" s="5"/>
+      <c r="F187" s="5"/>
+      <c r="G187" s="5"/>
+    </row>
+    <row r="188" spans="1:7">
+      <c r="A188" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B188" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C188" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="D188" s="7">
+        <v>598109</v>
+      </c>
+      <c r="E188" s="5"/>
+      <c r="F188" s="5"/>
+      <c r="G188" s="5"/>
+    </row>
+    <row r="189" spans="1:7">
+      <c r="A189" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B189" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C189" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D189" s="7">
+        <v>32234</v>
+      </c>
+      <c r="E189" s="5"/>
+      <c r="F189" s="5"/>
+      <c r="G189" s="5"/>
+    </row>
+    <row r="190" spans="1:7">
+      <c r="A190" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B190" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C190" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D190" s="7">
+        <v>102618</v>
+      </c>
+      <c r="E190" s="5"/>
+      <c r="F190" s="5"/>
+      <c r="G190" s="5"/>
+    </row>
+    <row r="191" spans="1:7">
+      <c r="A191" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B191" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C191" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D191" s="7">
+        <v>17822</v>
+      </c>
+      <c r="E191" s="5"/>
+      <c r="F191" s="5"/>
+      <c r="G191" s="5"/>
+    </row>
+    <row r="192" spans="1:7">
+      <c r="A192" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B192" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C192" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D192" s="7">
+        <v>1189</v>
+      </c>
+      <c r="E192" s="5"/>
+      <c r="F192" s="5"/>
+      <c r="G192" s="5"/>
+    </row>
+    <row r="193" spans="1:7">
+      <c r="A193" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B193" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C193" s="9">
+        <v>0.9</v>
+      </c>
+      <c r="D193" s="7">
+        <v>327206</v>
+      </c>
+      <c r="E193" s="5"/>
+      <c r="F193" s="5"/>
+      <c r="G193" s="5"/>
+    </row>
+    <row r="194" spans="1:7">
+      <c r="A194" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B194" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C194" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D194" s="7">
+        <v>142559</v>
+      </c>
+      <c r="E194" s="5"/>
+      <c r="F194" s="5"/>
+      <c r="G194" s="5"/>
+    </row>
+    <row r="195" spans="1:7">
+      <c r="A195" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B195" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C195" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D195" s="7">
+        <v>23469</v>
+      </c>
+      <c r="E195" s="5"/>
+      <c r="F195" s="5"/>
+      <c r="G195" s="5"/>
+    </row>
+    <row r="196" spans="1:7">
+      <c r="A196" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C196" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D196" s="7">
+        <v>32845</v>
+      </c>
+      <c r="E196" s="5"/>
+      <c r="F196" s="5"/>
+      <c r="G196" s="5"/>
+    </row>
+    <row r="197" spans="1:7">
+      <c r="A197" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C197" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D197" s="7">
+        <v>16749</v>
+      </c>
+      <c r="E197" s="5"/>
+      <c r="F197" s="5"/>
+      <c r="G197" s="5"/>
+    </row>
+    <row r="198" spans="1:7">
+      <c r="A198" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C198" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D198" s="7">
+        <v>69971</v>
+      </c>
+      <c r="E198" s="5"/>
+      <c r="F198" s="5"/>
+      <c r="G198" s="5"/>
+    </row>
+    <row r="199" spans="1:7">
+      <c r="A199" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C199" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D199" s="7">
+        <v>62772</v>
+      </c>
+      <c r="E199" s="5"/>
+      <c r="F199" s="5"/>
+      <c r="G199" s="5"/>
+    </row>
+    <row r="200" spans="1:7">
+      <c r="A200" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B200" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C200" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D200" s="7">
+        <v>34793</v>
+      </c>
+      <c r="E200" s="5"/>
+      <c r="F200" s="5"/>
+      <c r="G200" s="5"/>
+    </row>
+    <row r="201" spans="1:7">
+      <c r="A201" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B201" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C201" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D201" s="7">
+        <v>66978</v>
+      </c>
+      <c r="E201" s="5"/>
+      <c r="F201" s="5"/>
+      <c r="G201" s="5"/>
+    </row>
+    <row r="202" spans="1:7">
+      <c r="A202" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B202" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C202" s="9">
+        <v>2.1</v>
+      </c>
+      <c r="D202" s="7">
+        <v>766793</v>
+      </c>
+      <c r="E202" s="5"/>
+      <c r="F202" s="5"/>
+      <c r="G202" s="5"/>
+    </row>
+    <row r="203" spans="1:7">
+      <c r="A203" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B203" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C203" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="D203" s="7">
+        <v>626814</v>
+      </c>
+      <c r="E203" s="5"/>
+      <c r="F203" s="5"/>
+      <c r="G203" s="5"/>
+    </row>
+    <row r="204" spans="1:7">
+      <c r="A204" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B204" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C204" s="9">
+        <v>0.9</v>
+      </c>
+      <c r="D204" s="7">
+        <v>313194</v>
+      </c>
+      <c r="E204" s="5"/>
+      <c r="F204" s="5"/>
+      <c r="G204" s="5"/>
+    </row>
+    <row r="205" spans="1:7">
+      <c r="A205" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B205" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C205" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D205" s="7">
+        <v>81074</v>
+      </c>
+      <c r="E205" s="5"/>
+      <c r="F205" s="5"/>
+      <c r="G205" s="5"/>
+    </row>
+    <row r="206" spans="1:7">
+      <c r="A206" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C206" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D206" s="7">
+        <v>27004</v>
+      </c>
+      <c r="E206" s="5"/>
+      <c r="F206" s="5"/>
+      <c r="G206" s="5"/>
+    </row>
+    <row r="207" spans="1:7">
+      <c r="A207" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C207" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="D207" s="7">
+        <v>581018</v>
+      </c>
+      <c r="E207" s="5"/>
+      <c r="F207" s="5"/>
+      <c r="G207" s="5"/>
+    </row>
+    <row r="208" spans="1:7">
+      <c r="A208" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C208" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D208" s="7">
+        <v>653</v>
+      </c>
+      <c r="E208" s="5"/>
+      <c r="F208" s="5"/>
+      <c r="G208" s="5"/>
+    </row>
+    <row r="209" spans="1:7">
+      <c r="A209" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C209" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D209" s="7">
+        <v>47347</v>
+      </c>
+      <c r="E209" s="5"/>
+      <c r="F209" s="5"/>
+      <c r="G209" s="5"/>
+    </row>
+    <row r="210" spans="1:7">
+      <c r="A210" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C210" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D210" s="7">
+        <v>85531</v>
+      </c>
+      <c r="E210" s="5"/>
+      <c r="F210" s="5"/>
+      <c r="G210" s="5"/>
+    </row>
+    <row r="211" spans="1:7">
+      <c r="A211" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B211" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C211" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D211" s="7">
+        <v>84747</v>
+      </c>
+      <c r="E211" s="5"/>
+      <c r="F211" s="5"/>
+      <c r="G211" s="5"/>
+    </row>
+    <row r="212" spans="1:7">
+      <c r="A212" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B212" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C212" s="9">
+        <v>5.2</v>
+      </c>
+      <c r="D212" s="7">
+        <v>1881527</v>
+      </c>
+      <c r="E212" s="5"/>
+      <c r="F212" s="5"/>
+      <c r="G212" s="5"/>
+    </row>
+    <row r="213" spans="1:7">
+      <c r="A213" s="4">
+        <v>2020</v>
+      </c>
+      <c r="B213" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C213" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="D213" s="7">
+        <v>206331</v>
+      </c>
+      <c r="E213" s="5"/>
+      <c r="F213" s="5"/>
+      <c r="G213" s="5"/>
+    </row>
+    <row r="214" spans="1:7">
+      <c r="A214" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C214" s="9">
+        <v>2.9</v>
+      </c>
+      <c r="D214" s="7">
+        <v>1097670</v>
+      </c>
+      <c r="E214" s="5"/>
+      <c r="F214" s="5"/>
+      <c r="G214" s="5"/>
+    </row>
+    <row r="215" spans="1:7">
+      <c r="A215" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C215" s="8">
+        <v>59</v>
+      </c>
+      <c r="D215" s="7">
+        <v>22617952</v>
+      </c>
+      <c r="E215" s="5"/>
+      <c r="F215" s="5"/>
+      <c r="G215" s="5"/>
+    </row>
+    <row r="216" spans="1:7">
+      <c r="A216" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C216" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="D216" s="7">
+        <v>1082580</v>
+      </c>
+      <c r="E216" s="5"/>
+      <c r="F216" s="5"/>
+      <c r="G216" s="5"/>
+    </row>
+    <row r="217" spans="1:7">
+      <c r="A217" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B217" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D217" s="7">
+        <v>129126</v>
+      </c>
+      <c r="E217" s="5"/>
+      <c r="F217" s="5"/>
+      <c r="G217" s="5"/>
+    </row>
+    <row r="218" spans="1:7">
+      <c r="A218" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B218" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C218" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="D218" s="7">
+        <v>1085649</v>
+      </c>
+      <c r="E218" s="5"/>
+      <c r="F218" s="5"/>
+      <c r="G218" s="5"/>
+    </row>
+    <row r="219" spans="1:7">
+      <c r="A219" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B219" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C219" s="9">
+        <v>3.4</v>
+      </c>
+      <c r="D219" s="7">
+        <v>1291556</v>
+      </c>
+      <c r="E219" s="5"/>
+      <c r="F219" s="5"/>
+      <c r="G219" s="5"/>
+    </row>
+    <row r="220" spans="1:7">
+      <c r="A220" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B220" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C220" s="8">
+        <v>1</v>
+      </c>
+      <c r="D220" s="7">
+        <v>390870</v>
+      </c>
+      <c r="E220" s="5"/>
+      <c r="F220" s="5"/>
+      <c r="G220" s="5"/>
+    </row>
+    <row r="221" spans="1:7">
+      <c r="A221" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B221" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C221" s="9">
+        <v>2.9</v>
+      </c>
+      <c r="D221" s="7">
+        <v>1107881</v>
+      </c>
+      <c r="E221" s="5"/>
+      <c r="F221" s="5"/>
+      <c r="G221" s="5"/>
+    </row>
+    <row r="222" spans="1:7">
+      <c r="A222" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C222" s="9">
+        <v>2.7</v>
+      </c>
+      <c r="D222" s="7">
+        <v>1019488</v>
+      </c>
+      <c r="E222" s="5"/>
+      <c r="F222" s="5"/>
+      <c r="G222" s="5"/>
+    </row>
+    <row r="223" spans="1:7">
+      <c r="A223" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B223" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C223" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D223" s="7">
+        <v>135907</v>
+      </c>
+      <c r="E223" s="5"/>
+      <c r="F223" s="5"/>
+      <c r="G223" s="5"/>
+    </row>
+    <row r="224" spans="1:7">
+      <c r="A224" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B224" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C224" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D224" s="7">
+        <v>159739</v>
+      </c>
+      <c r="E224" s="5"/>
+      <c r="F224" s="5"/>
+      <c r="G224" s="5"/>
+    </row>
+    <row r="225" spans="1:7">
+      <c r="A225" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B225" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C225" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D225" s="7">
+        <v>107859</v>
+      </c>
+      <c r="E225" s="5"/>
+      <c r="F225" s="5"/>
+      <c r="G225" s="5"/>
+    </row>
+    <row r="226" spans="1:7">
+      <c r="A226" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B226" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C226" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D226" s="7">
+        <v>41565</v>
+      </c>
+      <c r="E226" s="5"/>
+      <c r="F226" s="5"/>
+      <c r="G226" s="5"/>
+    </row>
+    <row r="227" spans="1:7">
+      <c r="A227" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B227" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C227" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D227" s="7">
+        <v>46130</v>
+      </c>
+      <c r="E227" s="5"/>
+      <c r="F227" s="5"/>
+      <c r="G227" s="5"/>
+    </row>
+    <row r="228" spans="1:7">
+      <c r="A228" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B228" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C228" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D228" s="7">
+        <v>20971</v>
+      </c>
+      <c r="E228" s="5"/>
+      <c r="F228" s="5"/>
+      <c r="G228" s="5"/>
+    </row>
+    <row r="229" spans="1:7">
+      <c r="A229" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B229" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C229" s="8">
+        <v>1</v>
+      </c>
+      <c r="D229" s="7">
+        <v>368512</v>
+      </c>
+      <c r="E229" s="5"/>
+      <c r="F229" s="5"/>
+      <c r="G229" s="5"/>
+    </row>
+    <row r="230" spans="1:7">
+      <c r="A230" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B230" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C230" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="D230" s="7">
+        <v>667860</v>
+      </c>
+      <c r="E230" s="5"/>
+      <c r="F230" s="5"/>
+      <c r="G230" s="5"/>
+    </row>
+    <row r="231" spans="1:7">
+      <c r="A231" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B231" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C231" s="9">
+        <v>1.4</v>
+      </c>
+      <c r="D231" s="7">
+        <v>520410</v>
+      </c>
+      <c r="E231" s="5"/>
+      <c r="F231" s="5"/>
+      <c r="G231" s="5"/>
+    </row>
+    <row r="232" spans="1:7">
+      <c r="A232" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B232" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C232" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D232" s="7">
+        <v>20001</v>
+      </c>
+      <c r="E232" s="5"/>
+      <c r="F232" s="5"/>
+      <c r="G232" s="5"/>
+    </row>
+    <row r="233" spans="1:7">
+      <c r="A233" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B233" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C233" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D233" s="7">
+        <v>70483</v>
+      </c>
+      <c r="E233" s="5"/>
+      <c r="F233" s="5"/>
+      <c r="G233" s="5"/>
+    </row>
+    <row r="234" spans="1:7">
+      <c r="A234" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B234" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C234" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D234" s="7">
+        <v>17396</v>
+      </c>
+      <c r="E234" s="5"/>
+      <c r="F234" s="5"/>
+      <c r="G234" s="5"/>
+    </row>
+    <row r="235" spans="1:7">
+      <c r="A235" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B235" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C235" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D235" s="7">
+        <v>2962</v>
+      </c>
+      <c r="E235" s="5"/>
+      <c r="F235" s="5"/>
+      <c r="G235" s="5"/>
+    </row>
+    <row r="236" spans="1:7">
+      <c r="A236" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B236" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C236" s="9">
+        <v>0.8</v>
+      </c>
+      <c r="D236" s="7">
+        <v>307004</v>
+      </c>
+      <c r="E236" s="5"/>
+      <c r="F236" s="5"/>
+      <c r="G236" s="5"/>
+    </row>
+    <row r="237" spans="1:7">
+      <c r="A237" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B237" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C237" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D237" s="7">
+        <v>161486</v>
+      </c>
+      <c r="E237" s="5"/>
+      <c r="F237" s="5"/>
+      <c r="G237" s="5"/>
+    </row>
+    <row r="238" spans="1:7">
+      <c r="A238" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B238" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C238" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D238" s="7">
+        <v>24237</v>
+      </c>
+      <c r="E238" s="5"/>
+      <c r="F238" s="5"/>
+      <c r="G238" s="5"/>
+    </row>
+    <row r="239" spans="1:7">
+      <c r="A239" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B239" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C239" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D239" s="7">
+        <v>48055</v>
+      </c>
+      <c r="E239" s="5"/>
+      <c r="F239" s="5"/>
+      <c r="G239" s="5"/>
+    </row>
+    <row r="240" spans="1:7">
+      <c r="A240" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B240" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C240" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D240" s="7">
+        <v>20505</v>
+      </c>
+      <c r="E240" s="5"/>
+      <c r="F240" s="5"/>
+      <c r="G240" s="5"/>
+    </row>
+    <row r="241" spans="1:7">
+      <c r="A241" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B241" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C241" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D241" s="7">
+        <v>150507</v>
+      </c>
+      <c r="E241" s="5"/>
+      <c r="F241" s="5"/>
+      <c r="G241" s="5"/>
+    </row>
+    <row r="242" spans="1:7">
+      <c r="A242" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B242" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C242" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D242" s="7">
+        <v>67042</v>
+      </c>
+      <c r="E242" s="5"/>
+      <c r="F242" s="5"/>
+      <c r="G242" s="5"/>
+    </row>
+    <row r="243" spans="1:7">
+      <c r="A243" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B243" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C243" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D243" s="7">
+        <v>30457</v>
+      </c>
+      <c r="E243" s="5"/>
+      <c r="F243" s="5"/>
+      <c r="G243" s="5"/>
+    </row>
+    <row r="244" spans="1:7">
+      <c r="A244" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B244" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C244" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D244" s="7">
+        <v>97882</v>
+      </c>
+      <c r="E244" s="5"/>
+      <c r="F244" s="5"/>
+      <c r="G244" s="5"/>
+    </row>
+    <row r="245" spans="1:7">
+      <c r="A245" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B245" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C245" s="9">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D245" s="7">
+        <v>859773</v>
+      </c>
+      <c r="E245" s="5"/>
+      <c r="F245" s="5"/>
+      <c r="G245" s="5"/>
+    </row>
+    <row r="246" spans="1:7">
+      <c r="A246" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B246" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C246" s="9">
+        <v>2.5</v>
+      </c>
+      <c r="D246" s="7">
+        <v>953037</v>
+      </c>
+      <c r="E246" s="5"/>
+      <c r="F246" s="5"/>
+      <c r="G246" s="5"/>
+    </row>
+    <row r="247" spans="1:7">
+      <c r="A247" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B247" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C247" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="D247" s="7">
+        <v>666340</v>
+      </c>
+      <c r="E247" s="5"/>
+      <c r="F247" s="5"/>
+      <c r="G247" s="5"/>
+    </row>
+    <row r="248" spans="1:7">
+      <c r="A248" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B248" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C248" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D248" s="7">
+        <v>142153</v>
+      </c>
+      <c r="E248" s="5"/>
+      <c r="F248" s="5"/>
+      <c r="G248" s="5"/>
+    </row>
+    <row r="249" spans="1:7">
+      <c r="A249" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B249" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C249" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D249" s="7">
+        <v>28448</v>
+      </c>
+      <c r="E249" s="5"/>
+      <c r="F249" s="5"/>
+      <c r="G249" s="5"/>
+    </row>
+    <row r="250" spans="1:7">
+      <c r="A250" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B250" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C250" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="D250" s="7">
+        <v>607288</v>
+      </c>
+      <c r="E250" s="5"/>
+      <c r="F250" s="5"/>
+      <c r="G250" s="5"/>
+    </row>
+    <row r="251" spans="1:7">
+      <c r="A251" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B251" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C251" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D251" s="7">
+        <v>466</v>
+      </c>
+      <c r="E251" s="5"/>
+      <c r="F251" s="5"/>
+      <c r="G251" s="5"/>
+    </row>
+    <row r="252" spans="1:7">
+      <c r="A252" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B252" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C252" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D252" s="7">
+        <v>65105</v>
+      </c>
+      <c r="E252" s="5"/>
+      <c r="F252" s="5"/>
+      <c r="G252" s="5"/>
+    </row>
+    <row r="253" spans="1:7">
+      <c r="A253" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B253" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C253" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D253" s="7">
+        <v>145432</v>
+      </c>
+      <c r="E253" s="5"/>
+      <c r="F253" s="5"/>
+      <c r="G253" s="5"/>
+    </row>
+    <row r="254" spans="1:7">
+      <c r="A254" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B254" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C254" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D254" s="7">
+        <v>100622</v>
+      </c>
+      <c r="E254" s="5"/>
+      <c r="F254" s="5"/>
+      <c r="G254" s="5"/>
+    </row>
+    <row r="255" spans="1:7">
+      <c r="A255" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B255" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C255" s="9">
+        <v>4.3</v>
+      </c>
+      <c r="D255" s="7">
+        <v>1640666</v>
+      </c>
+      <c r="E255" s="5"/>
+      <c r="F255" s="5"/>
+      <c r="G255" s="5"/>
+    </row>
+    <row r="256" spans="1:7">
+      <c r="A256" s="4">
+        <v>2019</v>
+      </c>
+      <c r="B256" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C256" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="D256" s="7">
+        <v>219933</v>
+      </c>
+      <c r="E256" s="5"/>
+      <c r="F256" s="5"/>
+      <c r="G256" s="5"/>
+    </row>
+    <row r="257" spans="1:7">
+      <c r="A257" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B257" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C257" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="D257" s="7">
+        <v>1080997</v>
+      </c>
+      <c r="E257" s="5"/>
+      <c r="F257" s="5"/>
+      <c r="G257" s="5"/>
+    </row>
+    <row r="258" spans="1:7">
+      <c r="A258" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B258" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C258" s="9">
+        <v>59.5</v>
+      </c>
+      <c r="D258" s="7">
+        <v>23296153</v>
+      </c>
+      <c r="E258" s="5"/>
+      <c r="F258" s="5"/>
+      <c r="G258" s="5"/>
+    </row>
+    <row r="259" spans="1:7">
+      <c r="A259" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B259" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C259" s="8">
+        <v>3</v>
+      </c>
+      <c r="D259" s="7">
+        <v>1173627</v>
+      </c>
+      <c r="E259" s="5"/>
+      <c r="F259" s="5"/>
+      <c r="G259" s="5"/>
+    </row>
+    <row r="260" spans="1:7">
+      <c r="A260" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B260" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" s="9">
+        <v>0.7</v>
+      </c>
+      <c r="D260" s="7">
+        <v>266367</v>
+      </c>
+      <c r="E260" s="5"/>
+      <c r="F260" s="5"/>
+      <c r="G260" s="5"/>
+    </row>
+    <row r="261" spans="1:7">
+      <c r="A261" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B261" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C261" s="9">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D261" s="7">
+        <v>852911</v>
+      </c>
+      <c r="E261" s="5"/>
+      <c r="F261" s="5"/>
+      <c r="G261" s="5"/>
+    </row>
+    <row r="262" spans="1:7">
+      <c r="A262" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B262" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C262" s="9">
+        <v>3.3</v>
+      </c>
+      <c r="D262" s="7">
+        <v>1302979</v>
+      </c>
+      <c r="E262" s="5"/>
+      <c r="F262" s="5"/>
+      <c r="G262" s="5"/>
+    </row>
+    <row r="263" spans="1:7">
+      <c r="A263" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B263" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C263" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D263" s="7">
+        <v>444326</v>
+      </c>
+      <c r="E263" s="5"/>
+      <c r="F263" s="5"/>
+      <c r="G263" s="5"/>
+    </row>
+    <row r="264" spans="1:7">
+      <c r="A264" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B264" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C264" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="D264" s="7">
+        <v>1106521</v>
+      </c>
+      <c r="E264" s="5"/>
+      <c r="F264" s="5"/>
+      <c r="G264" s="5"/>
+    </row>
+    <row r="265" spans="1:7">
+      <c r="A265" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B265" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C265" s="9">
+        <v>2.7</v>
+      </c>
+      <c r="D265" s="7">
+        <v>1041224</v>
+      </c>
+      <c r="E265" s="5"/>
+      <c r="F265" s="5"/>
+      <c r="G265" s="5"/>
+    </row>
+    <row r="266" spans="1:7">
+      <c r="A266" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B266" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C266" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D266" s="7">
+        <v>145863</v>
+      </c>
+      <c r="E266" s="5"/>
+      <c r="F266" s="5"/>
+      <c r="G266" s="5"/>
+    </row>
+    <row r="267" spans="1:7">
+      <c r="A267" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B267" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C267" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D267" s="7">
+        <v>126897</v>
+      </c>
+      <c r="E267" s="5"/>
+      <c r="F267" s="5"/>
+      <c r="G267" s="5"/>
+    </row>
+    <row r="268" spans="1:7">
+      <c r="A268" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B268" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C268" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D268" s="7">
+        <v>106018</v>
+      </c>
+      <c r="E268" s="5"/>
+      <c r="F268" s="5"/>
+      <c r="G268" s="5"/>
+    </row>
+    <row r="269" spans="1:7">
+      <c r="A269" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B269" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C269" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D269" s="7">
+        <v>41818</v>
+      </c>
+      <c r="E269" s="5"/>
+      <c r="F269" s="5"/>
+      <c r="G269" s="5"/>
+    </row>
+    <row r="270" spans="1:7">
+      <c r="A270" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B270" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C270" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D270" s="7">
+        <v>81563</v>
+      </c>
+      <c r="E270" s="5"/>
+      <c r="F270" s="5"/>
+      <c r="G270" s="5"/>
+    </row>
+    <row r="271" spans="1:7">
+      <c r="A271" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B271" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C271" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D271" s="7">
+        <v>18700</v>
+      </c>
+      <c r="E271" s="5"/>
+      <c r="F271" s="5"/>
+      <c r="G271" s="5"/>
+    </row>
+    <row r="272" spans="1:7">
+      <c r="A272" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B272" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C272" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D272" s="7">
+        <v>414734</v>
+      </c>
+      <c r="E272" s="5"/>
+      <c r="F272" s="5"/>
+      <c r="G272" s="5"/>
+    </row>
+    <row r="273" spans="1:7">
+      <c r="A273" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B273" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C273" s="9">
+        <v>1.8</v>
+      </c>
+      <c r="D273" s="7">
+        <v>704783</v>
+      </c>
+      <c r="E273" s="5"/>
+      <c r="F273" s="5"/>
+      <c r="G273" s="5"/>
+    </row>
+    <row r="274" spans="1:7">
+      <c r="A274" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B274" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C274" s="9">
+        <v>1.5</v>
+      </c>
+      <c r="D274" s="7">
+        <v>584116</v>
+      </c>
+      <c r="E274" s="5"/>
+      <c r="F274" s="5"/>
+      <c r="G274" s="5"/>
+    </row>
+    <row r="275" spans="1:7">
+      <c r="A275" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B275" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C275" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D275" s="7">
+        <v>22971</v>
+      </c>
+      <c r="E275" s="5"/>
+      <c r="F275" s="5"/>
+      <c r="G275" s="5"/>
+    </row>
+    <row r="276" spans="1:7">
+      <c r="A276" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B276" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C276" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D276" s="7">
+        <v>81100</v>
+      </c>
+      <c r="E276" s="5"/>
+      <c r="F276" s="5"/>
+      <c r="G276" s="5"/>
+    </row>
+    <row r="277" spans="1:7">
+      <c r="A277" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B277" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C277" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D277" s="7">
+        <v>19569</v>
+      </c>
+      <c r="E277" s="5"/>
+      <c r="F277" s="5"/>
+      <c r="G277" s="5"/>
+    </row>
+    <row r="278" spans="1:7">
+      <c r="A278" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B278" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C278" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D278" s="7">
+        <v>2273</v>
+      </c>
+      <c r="E278" s="5"/>
+      <c r="F278" s="5"/>
+      <c r="G278" s="5"/>
+    </row>
+    <row r="279" spans="1:7">
+      <c r="A279" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B279" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C279" s="9">
+        <v>0.8</v>
+      </c>
+      <c r="D279" s="7">
+        <v>324280</v>
+      </c>
+      <c r="E279" s="5"/>
+      <c r="F279" s="5"/>
+      <c r="G279" s="5"/>
+    </row>
+    <row r="280" spans="1:7">
+      <c r="A280" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B280" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C280" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D280" s="7">
+        <v>128884</v>
+      </c>
+      <c r="E280" s="5"/>
+      <c r="F280" s="5"/>
+      <c r="G280" s="5"/>
+    </row>
+    <row r="281" spans="1:7">
+      <c r="A281" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B281" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C281" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D281" s="7">
+        <v>32193</v>
+      </c>
+      <c r="E281" s="5"/>
+      <c r="F281" s="5"/>
+      <c r="G281" s="5"/>
+    </row>
+    <row r="282" spans="1:7">
+      <c r="A282" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B282" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C282" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D282" s="7">
+        <v>58879</v>
+      </c>
+      <c r="E282" s="5"/>
+      <c r="F282" s="5"/>
+      <c r="G282" s="5"/>
+    </row>
+    <row r="283" spans="1:7">
+      <c r="A283" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B283" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C283" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D283" s="7">
+        <v>17891</v>
+      </c>
+      <c r="E283" s="5"/>
+      <c r="F283" s="5"/>
+      <c r="G283" s="5"/>
+    </row>
+    <row r="284" spans="1:7">
+      <c r="A284" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B284" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C284" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D284" s="7">
+        <v>66910</v>
+      </c>
+      <c r="E284" s="5"/>
+      <c r="F284" s="5"/>
+      <c r="G284" s="5"/>
+    </row>
+    <row r="285" spans="1:7">
+      <c r="A285" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B285" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C285" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D285" s="7">
+        <v>69618</v>
+      </c>
+      <c r="E285" s="5"/>
+      <c r="F285" s="5"/>
+      <c r="G285" s="5"/>
+    </row>
+    <row r="286" spans="1:7">
+      <c r="A286" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B286" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C286" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D286" s="7">
+        <v>26809</v>
+      </c>
+      <c r="E286" s="5"/>
+      <c r="F286" s="5"/>
+      <c r="G286" s="5"/>
+    </row>
+    <row r="287" spans="1:7">
+      <c r="A287" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B287" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C287" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D287" s="7">
+        <v>18821</v>
+      </c>
+      <c r="E287" s="5"/>
+      <c r="F287" s="5"/>
+      <c r="G287" s="5"/>
+    </row>
+    <row r="288" spans="1:7">
+      <c r="A288" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C288" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="D288" s="7">
+        <v>670570</v>
+      </c>
+      <c r="E288" s="5"/>
+      <c r="F288" s="5"/>
+      <c r="G288" s="5"/>
+    </row>
+    <row r="289" spans="1:7">
+      <c r="A289" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B289" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C289" s="9">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="D289" s="7">
+        <v>884506</v>
+      </c>
+      <c r="E289" s="5"/>
+      <c r="F289" s="5"/>
+      <c r="G289" s="5"/>
+    </row>
+    <row r="290" spans="1:7">
+      <c r="A290" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B290" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C290" s="9">
+        <v>1.9</v>
+      </c>
+      <c r="D290" s="7">
+        <v>762416</v>
+      </c>
+      <c r="E290" s="5"/>
+      <c r="F290" s="5"/>
+      <c r="G290" s="5"/>
+    </row>
+    <row r="291" spans="1:7">
+      <c r="A291" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B291" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C291" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D291" s="7">
+        <v>159018</v>
+      </c>
+      <c r="E291" s="5"/>
+      <c r="F291" s="5"/>
+      <c r="G291" s="5"/>
+    </row>
+    <row r="292" spans="1:7">
+      <c r="A292" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B292" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C292" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D292" s="7">
+        <v>32427</v>
+      </c>
+      <c r="E292" s="5"/>
+      <c r="F292" s="5"/>
+      <c r="G292" s="5"/>
+    </row>
+    <row r="293" spans="1:7">
+      <c r="A293" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B293" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C293" s="9">
+        <v>1.4</v>
+      </c>
+      <c r="D293" s="7">
+        <v>537790</v>
+      </c>
+      <c r="E293" s="5"/>
+      <c r="F293" s="5"/>
+      <c r="G293" s="5"/>
+    </row>
+    <row r="294" spans="1:7">
+      <c r="A294" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B294" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C294" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D294" s="7">
+        <v>146</v>
+      </c>
+      <c r="E294" s="5"/>
+      <c r="F294" s="5"/>
+      <c r="G294" s="5"/>
+    </row>
+    <row r="295" spans="1:7">
+      <c r="A295" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B295" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C295" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D295" s="7">
+        <v>79149</v>
+      </c>
+      <c r="E295" s="5"/>
+      <c r="F295" s="5"/>
+      <c r="G295" s="5"/>
+    </row>
+    <row r="296" spans="1:7">
+      <c r="A296" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B296" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C296" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D296" s="7">
+        <v>150835</v>
+      </c>
+      <c r="E296" s="5"/>
+      <c r="F296" s="5"/>
+      <c r="G296" s="5"/>
+    </row>
+    <row r="297" spans="1:7">
+      <c r="A297" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B297" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C297" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D297" s="7">
+        <v>69861</v>
+      </c>
+      <c r="E297" s="5"/>
+      <c r="F297" s="5"/>
+      <c r="G297" s="5"/>
+    </row>
+    <row r="298" spans="1:7">
+      <c r="A298" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B298" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C298" s="9">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="D298" s="7">
+        <v>1920973</v>
+      </c>
+      <c r="E298" s="5"/>
+      <c r="F298" s="5"/>
+      <c r="G298" s="5"/>
+    </row>
+    <row r="299" spans="1:7">
+      <c r="A299" s="4">
+        <v>2018</v>
+      </c>
+      <c r="B299" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C299" s="9">
+        <v>0.5</v>
+      </c>
+      <c r="D299" s="7">
+        <v>204051</v>
+      </c>
+      <c r="E299" s="5"/>
+      <c r="F299" s="5"/>
+      <c r="G299" s="5"/>
+    </row>
+    <row r="300" spans="1:7">
+      <c r="A300" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B300" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C300" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="D300" s="7">
+        <v>1120927</v>
+      </c>
+      <c r="E300" s="5"/>
+      <c r="F300" s="5"/>
+      <c r="G300" s="5"/>
+    </row>
+    <row r="301" spans="1:7">
+      <c r="A301" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B301" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C301" s="9">
+        <v>61.8</v>
+      </c>
+      <c r="D301" s="7">
+        <v>24900585</v>
+      </c>
+      <c r="E301" s="5"/>
+      <c r="F301" s="5"/>
+      <c r="G301" s="5"/>
+    </row>
+    <row r="302" spans="1:7">
+      <c r="A302" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B302" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C302" s="9">
+        <v>2.6</v>
+      </c>
+      <c r="D302" s="7">
+        <v>1044918</v>
+      </c>
+      <c r="E302" s="5"/>
+      <c r="F302" s="5"/>
+      <c r="G302" s="5"/>
+    </row>
+    <row r="303" spans="1:7">
+      <c r="A303" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B303" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D303" s="7">
+        <v>166781</v>
+      </c>
+      <c r="E303" s="5"/>
+      <c r="F303" s="5"/>
+      <c r="G303" s="5"/>
+    </row>
+    <row r="304" spans="1:7">
+      <c r="A304" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B304" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C304" s="9">
+        <v>2.1</v>
+      </c>
+      <c r="D304" s="7">
+        <v>830307</v>
+      </c>
+      <c r="E304" s="5"/>
+      <c r="F304" s="5"/>
+      <c r="G304" s="5"/>
+    </row>
+    <row r="305" spans="1:7">
+      <c r="A305" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B305" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C305" s="9">
+        <v>3.3</v>
+      </c>
+      <c r="D305" s="7">
+        <v>1318336</v>
+      </c>
+      <c r="E305" s="5"/>
+      <c r="F305" s="5"/>
+      <c r="G305" s="5"/>
+    </row>
+    <row r="306" spans="1:7">
+      <c r="A306" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B306" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C306" s="8">
+        <v>1</v>
+      </c>
+      <c r="D306" s="7">
+        <v>414454</v>
+      </c>
+      <c r="E306" s="5"/>
+      <c r="F306" s="5"/>
+      <c r="G306" s="5"/>
+    </row>
+    <row r="307" spans="1:7">
+      <c r="A307" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B307" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C307" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="D307" s="7">
+        <v>1117782</v>
+      </c>
+      <c r="E307" s="5"/>
+      <c r="F307" s="5"/>
+      <c r="G307" s="5"/>
+    </row>
+    <row r="308" spans="1:7">
+      <c r="A308" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B308" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C308" s="9">
+        <v>2.6</v>
+      </c>
+      <c r="D308" s="7">
+        <v>1043110</v>
+      </c>
+      <c r="E308" s="5"/>
+      <c r="F308" s="5"/>
+      <c r="G308" s="5"/>
+    </row>
+    <row r="309" spans="1:7">
+      <c r="A309" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B309" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C309" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D309" s="7">
+        <v>136476</v>
+      </c>
+      <c r="E309" s="5"/>
+      <c r="F309" s="5"/>
+      <c r="G309" s="5"/>
+    </row>
+    <row r="310" spans="1:7">
+      <c r="A310" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B310" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C310" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D310" s="7">
+        <v>151548</v>
+      </c>
+      <c r="E310" s="5"/>
+      <c r="F310" s="5"/>
+      <c r="G310" s="5"/>
+    </row>
+    <row r="311" spans="1:7">
+      <c r="A311" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B311" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C311" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D311" s="7">
+        <v>88632</v>
+      </c>
+      <c r="E311" s="5"/>
+      <c r="F311" s="5"/>
+      <c r="G311" s="5"/>
+    </row>
+    <row r="312" spans="1:7">
+      <c r="A312" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B312" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C312" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D312" s="7">
+        <v>40516</v>
+      </c>
+      <c r="E312" s="5"/>
+      <c r="F312" s="5"/>
+      <c r="G312" s="5"/>
+    </row>
+    <row r="313" spans="1:7">
+      <c r="A313" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B313" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C313" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D313" s="7">
+        <v>47296</v>
+      </c>
+      <c r="E313" s="5"/>
+      <c r="F313" s="5"/>
+      <c r="G313" s="5"/>
+    </row>
+    <row r="314" spans="1:7">
+      <c r="A314" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B314" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C314" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D314" s="7">
+        <v>19236</v>
+      </c>
+      <c r="E314" s="5"/>
+      <c r="F314" s="5"/>
+      <c r="G314" s="5"/>
+    </row>
+    <row r="315" spans="1:7">
+      <c r="A315" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B315" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C315" s="9">
+        <v>0.9</v>
+      </c>
+      <c r="D315" s="7">
+        <v>364276</v>
+      </c>
+      <c r="E315" s="5"/>
+      <c r="F315" s="5"/>
+      <c r="G315" s="5"/>
+    </row>
+    <row r="316" spans="1:7">
+      <c r="A316" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B316" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C316" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="D316" s="7">
+        <v>679543</v>
+      </c>
+      <c r="E316" s="5"/>
+      <c r="F316" s="5"/>
+      <c r="G316" s="5"/>
+    </row>
+    <row r="317" spans="1:7">
+      <c r="A317" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B317" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C317" s="9">
+        <v>2.4</v>
+      </c>
+      <c r="D317" s="7">
+        <v>947502</v>
+      </c>
+      <c r="E317" s="5"/>
+      <c r="F317" s="5"/>
+      <c r="G317" s="5"/>
+    </row>
+    <row r="318" spans="1:7">
+      <c r="A318" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B318" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C318" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D318" s="7">
+        <v>17862</v>
+      </c>
+      <c r="E318" s="5"/>
+      <c r="F318" s="5"/>
+      <c r="G318" s="5"/>
+    </row>
+    <row r="319" spans="1:7">
+      <c r="A319" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B319" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C319" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D319" s="7">
+        <v>70381</v>
+      </c>
+      <c r="E319" s="5"/>
+      <c r="F319" s="5"/>
+      <c r="G319" s="5"/>
+    </row>
+    <row r="320" spans="1:7">
+      <c r="A320" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B320" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C320" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D320" s="7">
+        <v>18270</v>
+      </c>
+      <c r="E320" s="5"/>
+      <c r="F320" s="5"/>
+      <c r="G320" s="5"/>
+    </row>
+    <row r="321" spans="1:7">
+      <c r="A321" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B321" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C321" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D321" s="7">
+        <v>4687</v>
+      </c>
+      <c r="E321" s="5"/>
+      <c r="F321" s="5"/>
+      <c r="G321" s="5"/>
+    </row>
+    <row r="322" spans="1:7">
+      <c r="A322" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B322" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C322" s="9">
+        <v>0.7</v>
+      </c>
+      <c r="D322" s="7">
+        <v>291966</v>
+      </c>
+      <c r="E322" s="5"/>
+      <c r="F322" s="5"/>
+      <c r="G322" s="5"/>
+    </row>
+    <row r="323" spans="1:7">
+      <c r="A323" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B323" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C323" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D323" s="7">
+        <v>167661</v>
+      </c>
+      <c r="E323" s="5"/>
+      <c r="F323" s="5"/>
+      <c r="G323" s="5"/>
+    </row>
+    <row r="324" spans="1:7">
+      <c r="A324" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B324" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C324" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D324" s="7">
+        <v>35441</v>
+      </c>
+      <c r="E324" s="5"/>
+      <c r="F324" s="5"/>
+      <c r="G324" s="5"/>
+    </row>
+    <row r="325" spans="1:7">
+      <c r="A325" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B325" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C325" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D325" s="7">
+        <v>50284</v>
+      </c>
+      <c r="E325" s="5"/>
+      <c r="F325" s="5"/>
+      <c r="G325" s="5"/>
+    </row>
+    <row r="326" spans="1:7">
+      <c r="A326" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B326" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C326" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D326" s="7">
+        <v>19181</v>
+      </c>
+      <c r="E326" s="5"/>
+      <c r="F326" s="5"/>
+      <c r="G326" s="5"/>
+    </row>
+    <row r="327" spans="1:7">
+      <c r="A327" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B327" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C327" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D327" s="7">
+        <v>119342</v>
+      </c>
+      <c r="E327" s="5"/>
+      <c r="F327" s="5"/>
+      <c r="G327" s="5"/>
+    </row>
+    <row r="328" spans="1:7">
+      <c r="A328" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B328" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C328" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D328" s="7">
+        <v>66399</v>
+      </c>
+      <c r="E328" s="5"/>
+      <c r="F328" s="5"/>
+      <c r="G328" s="5"/>
+    </row>
+    <row r="329" spans="1:7">
+      <c r="A329" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B329" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C329" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D329" s="7">
+        <v>3584</v>
+      </c>
+      <c r="E329" s="5"/>
+      <c r="F329" s="5"/>
+      <c r="G329" s="5"/>
+    </row>
+    <row r="330" spans="1:7">
+      <c r="A330" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B330" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C330" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D330" s="7">
+        <v>18926</v>
+      </c>
+      <c r="E330" s="5"/>
+      <c r="F330" s="5"/>
+      <c r="G330" s="5"/>
+    </row>
+    <row r="331" spans="1:7">
+      <c r="A331" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B331" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C331" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="D331" s="7">
+        <v>654684</v>
+      </c>
+      <c r="E331" s="5"/>
+      <c r="F331" s="5"/>
+      <c r="G331" s="5"/>
+    </row>
+    <row r="332" spans="1:7">
+      <c r="A332" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B332" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C332" s="9">
+        <v>1.3</v>
+      </c>
+      <c r="D332" s="7">
+        <v>528718</v>
+      </c>
+      <c r="E332" s="5"/>
+      <c r="F332" s="5"/>
+      <c r="G332" s="5"/>
+    </row>
+    <row r="333" spans="1:7">
+      <c r="A333" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B333" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C333" s="9">
+        <v>1.5</v>
+      </c>
+      <c r="D333" s="7">
+        <v>592581</v>
+      </c>
+      <c r="E333" s="5"/>
+      <c r="F333" s="5"/>
+      <c r="G333" s="5"/>
+    </row>
+    <row r="334" spans="1:7">
+      <c r="A334" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B334" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C334" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D334" s="7">
+        <v>146779</v>
+      </c>
+      <c r="E334" s="5"/>
+      <c r="F334" s="5"/>
+      <c r="G334" s="5"/>
+    </row>
+    <row r="335" spans="1:7">
+      <c r="A335" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B335" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C335" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D335" s="7">
+        <v>30279</v>
+      </c>
+      <c r="E335" s="5"/>
+      <c r="F335" s="5"/>
+      <c r="G335" s="5"/>
+    </row>
+    <row r="336" spans="1:7">
+      <c r="A336" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B336" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C336" s="9">
+        <v>1.5</v>
+      </c>
+      <c r="D336" s="7">
+        <v>588381</v>
+      </c>
+      <c r="E336" s="5"/>
+      <c r="F336" s="5"/>
+      <c r="G336" s="5"/>
+    </row>
+    <row r="337" spans="1:7">
+      <c r="A337" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B337" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C337" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D337" s="7">
+        <v>384</v>
+      </c>
+      <c r="E337" s="5"/>
+      <c r="F337" s="5"/>
+      <c r="G337" s="5"/>
+    </row>
+    <row r="338" spans="1:7">
+      <c r="A338" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B338" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C338" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D338" s="7">
+        <v>51991</v>
+      </c>
+      <c r="E338" s="5"/>
+      <c r="F338" s="5"/>
+      <c r="G338" s="5"/>
+    </row>
+    <row r="339" spans="1:7">
+      <c r="A339" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B339" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C339" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D339" s="7">
+        <v>75524</v>
+      </c>
+      <c r="E339" s="5"/>
+      <c r="F339" s="5"/>
+      <c r="G339" s="5"/>
+    </row>
+    <row r="340" spans="1:7">
+      <c r="A340" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B340" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C340" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D340" s="7">
+        <v>128790</v>
+      </c>
+      <c r="E340" s="5"/>
+      <c r="F340" s="5"/>
+      <c r="G340" s="5"/>
+    </row>
+    <row r="341" spans="1:7">
+      <c r="A341" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B341" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C341" s="9">
+        <v>4.8</v>
+      </c>
+      <c r="D341" s="7">
+        <v>1915639</v>
+      </c>
+      <c r="E341" s="5"/>
+      <c r="F341" s="5"/>
+      <c r="G341" s="5"/>
+    </row>
+    <row r="342" spans="1:7">
+      <c r="A342" s="4">
+        <v>2017</v>
+      </c>
+      <c r="B342" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C342" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="D342" s="7">
+        <v>233692</v>
+      </c>
+      <c r="E342" s="5"/>
+      <c r="F342" s="5"/>
+      <c r="G342" s="5"/>
+    </row>
+    <row r="343" spans="1:7">
+      <c r="A343" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B343" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C343" s="8">
+        <v>3</v>
+      </c>
+      <c r="D343" s="7">
+        <v>1247530</v>
+      </c>
+      <c r="E343" s="5"/>
+      <c r="F343" s="5"/>
+      <c r="G343" s="5"/>
+    </row>
+    <row r="344" spans="1:7">
+      <c r="A344" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B344" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C344" s="9">
+        <v>61.6</v>
+      </c>
+      <c r="D344" s="7">
+        <v>25327065</v>
+      </c>
+      <c r="E344" s="5"/>
+      <c r="F344" s="5"/>
+      <c r="G344" s="5"/>
+    </row>
+    <row r="345" spans="1:7">
+      <c r="A345" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B345" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C345" s="9">
+        <v>2.4</v>
+      </c>
+      <c r="D345" s="7">
+        <v>997804</v>
+      </c>
+      <c r="E345" s="5"/>
+      <c r="F345" s="5"/>
+      <c r="G345" s="5"/>
+    </row>
+    <row r="346" spans="1:7">
+      <c r="A346" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B346" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D346" s="7">
+        <v>126615</v>
+      </c>
+      <c r="E346" s="5"/>
+      <c r="F346" s="5"/>
+      <c r="G346" s="5"/>
+    </row>
+    <row r="347" spans="1:7">
+      <c r="A347" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B347" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C347" s="9">
+        <v>1.9</v>
+      </c>
+      <c r="D347" s="7">
+        <v>784086</v>
+      </c>
+      <c r="E347" s="5"/>
+      <c r="F347" s="5"/>
+      <c r="G347" s="5"/>
+    </row>
+    <row r="348" spans="1:7">
+      <c r="A348" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B348" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C348" s="9">
+        <v>3.3</v>
+      </c>
+      <c r="D348" s="7">
+        <v>1375117</v>
+      </c>
+      <c r="E348" s="5"/>
+      <c r="F348" s="5"/>
+      <c r="G348" s="5"/>
+    </row>
+    <row r="349" spans="1:7">
+      <c r="A349" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B349" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C349" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D349" s="7">
+        <v>438079</v>
+      </c>
+      <c r="E349" s="5"/>
+      <c r="F349" s="5"/>
+      <c r="G349" s="5"/>
+    </row>
+    <row r="350" spans="1:7">
+      <c r="A350" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B350" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C350" s="9">
+        <v>2.6</v>
+      </c>
+      <c r="D350" s="7">
+        <v>1083852</v>
+      </c>
+      <c r="E350" s="5"/>
+      <c r="F350" s="5"/>
+      <c r="G350" s="5"/>
+    </row>
+    <row r="351" spans="1:7">
+      <c r="A351" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B351" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C351" s="9">
+        <v>2.5</v>
+      </c>
+      <c r="D351" s="7">
+        <v>1023447</v>
+      </c>
+      <c r="E351" s="5"/>
+      <c r="F351" s="5"/>
+      <c r="G351" s="5"/>
+    </row>
+    <row r="352" spans="1:7">
+      <c r="A352" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B352" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C352" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D352" s="7">
+        <v>136338</v>
+      </c>
+      <c r="E352" s="5"/>
+      <c r="F352" s="5"/>
+      <c r="G352" s="5"/>
+    </row>
+    <row r="353" spans="1:7">
+      <c r="A353" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B353" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C353" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D353" s="7">
+        <v>147035</v>
+      </c>
+      <c r="E353" s="5"/>
+      <c r="F353" s="5"/>
+      <c r="G353" s="5"/>
+    </row>
+    <row r="354" spans="1:7">
+      <c r="A354" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B354" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C354" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D354" s="7">
+        <v>89412</v>
+      </c>
+      <c r="E354" s="5"/>
+      <c r="F354" s="5"/>
+      <c r="G354" s="5"/>
+    </row>
+    <row r="355" spans="1:7">
+      <c r="A355" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B355" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C355" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D355" s="7">
+        <v>44736</v>
+      </c>
+      <c r="E355" s="5"/>
+      <c r="F355" s="5"/>
+      <c r="G355" s="5"/>
+    </row>
+    <row r="356" spans="1:7">
+      <c r="A356" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B356" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C356" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D356" s="7">
+        <v>54294</v>
+      </c>
+      <c r="E356" s="5"/>
+      <c r="F356" s="5"/>
+      <c r="G356" s="5"/>
+    </row>
+    <row r="357" spans="1:7">
+      <c r="A357" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B357" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C357" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D357" s="7">
+        <v>18103</v>
+      </c>
+      <c r="E357" s="5"/>
+      <c r="F357" s="5"/>
+      <c r="G357" s="5"/>
+    </row>
+    <row r="358" spans="1:7">
+      <c r="A358" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B358" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C358" s="9">
+        <v>0.9</v>
+      </c>
+      <c r="D358" s="7">
+        <v>360859</v>
+      </c>
+      <c r="E358" s="5"/>
+      <c r="F358" s="5"/>
+      <c r="G358" s="5"/>
+    </row>
+    <row r="359" spans="1:7">
+      <c r="A359" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B359" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C359" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="D359" s="7">
+        <v>711643</v>
+      </c>
+      <c r="E359" s="5"/>
+      <c r="F359" s="5"/>
+      <c r="G359" s="5"/>
+    </row>
+    <row r="360" spans="1:7">
+      <c r="A360" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B360" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C360" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D360" s="7">
+        <v>189</v>
+      </c>
+      <c r="E360" s="5"/>
+      <c r="F360" s="5"/>
+      <c r="G360" s="5"/>
+    </row>
+    <row r="361" spans="1:7">
+      <c r="A361" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B361" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C361" s="9">
+        <v>1.5</v>
+      </c>
+      <c r="D361" s="7">
+        <v>606491</v>
+      </c>
+      <c r="E361" s="5"/>
+      <c r="F361" s="5"/>
+      <c r="G361" s="5"/>
+    </row>
+    <row r="362" spans="1:7">
+      <c r="A362" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B362" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C362" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D362" s="7">
+        <v>12073</v>
+      </c>
+      <c r="E362" s="5"/>
+      <c r="F362" s="5"/>
+      <c r="G362" s="5"/>
+    </row>
+    <row r="363" spans="1:7">
+      <c r="A363" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B363" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C363" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D363" s="7">
+        <v>75757</v>
+      </c>
+      <c r="E363" s="5"/>
+      <c r="F363" s="5"/>
+      <c r="G363" s="5"/>
+    </row>
+    <row r="364" spans="1:7">
+      <c r="A364" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B364" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C364" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D364" s="7">
+        <v>11247</v>
+      </c>
+      <c r="E364" s="5"/>
+      <c r="F364" s="5"/>
+      <c r="G364" s="5"/>
+    </row>
+    <row r="365" spans="1:7">
+      <c r="A365" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B365" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C365" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D365" s="7">
+        <v>3070</v>
+      </c>
+      <c r="E365" s="5"/>
+      <c r="F365" s="5"/>
+      <c r="G365" s="5"/>
+    </row>
+    <row r="366" spans="1:7">
+      <c r="A366" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B366" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C366" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="D366" s="7">
+        <v>238651</v>
+      </c>
+      <c r="E366" s="5"/>
+      <c r="F366" s="5"/>
+      <c r="G366" s="5"/>
+    </row>
+    <row r="367" spans="1:7">
+      <c r="A367" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B367" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C367" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D367" s="7">
+        <v>142699</v>
+      </c>
+      <c r="E367" s="5"/>
+      <c r="F367" s="5"/>
+      <c r="G367" s="5"/>
+    </row>
+    <row r="368" spans="1:7">
+      <c r="A368" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B368" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C368" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D368" s="7">
+        <v>21133</v>
+      </c>
+      <c r="E368" s="5"/>
+      <c r="F368" s="5"/>
+      <c r="G368" s="5"/>
+    </row>
+    <row r="369" spans="1:7">
+      <c r="A369" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B369" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C369" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D369" s="7">
+        <v>41708</v>
+      </c>
+      <c r="E369" s="5"/>
+      <c r="F369" s="5"/>
+      <c r="G369" s="5"/>
+    </row>
+    <row r="370" spans="1:7">
+      <c r="A370" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B370" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C370" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D370" s="7">
+        <v>16375</v>
+      </c>
+      <c r="E370" s="5"/>
+      <c r="F370" s="5"/>
+      <c r="G370" s="5"/>
+    </row>
+    <row r="371" spans="1:7">
+      <c r="A371" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B371" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C371" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D371" s="7">
+        <v>137602</v>
+      </c>
+      <c r="E371" s="5"/>
+      <c r="F371" s="5"/>
+      <c r="G371" s="5"/>
+    </row>
+    <row r="372" spans="1:7">
+      <c r="A372" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B372" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C372" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D372" s="7">
+        <v>70642</v>
+      </c>
+      <c r="E372" s="5"/>
+      <c r="F372" s="5"/>
+      <c r="G372" s="5"/>
+    </row>
+    <row r="373" spans="1:7">
+      <c r="A373" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B373" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C373" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D373" s="7">
+        <v>5301</v>
+      </c>
+      <c r="E373" s="5"/>
+      <c r="F373" s="5"/>
+      <c r="G373" s="5"/>
+    </row>
+    <row r="374" spans="1:7">
+      <c r="A374" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B374" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C374" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D374" s="7">
+        <v>88035</v>
+      </c>
+      <c r="E374" s="5"/>
+      <c r="F374" s="5"/>
+      <c r="G374" s="5"/>
+    </row>
+    <row r="375" spans="1:7">
+      <c r="A375" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B375" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C375" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="D375" s="7">
+        <v>685020</v>
+      </c>
+      <c r="E375" s="5"/>
+      <c r="F375" s="5"/>
+      <c r="G375" s="5"/>
+    </row>
+    <row r="376" spans="1:7">
+      <c r="A376" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B376" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C376" s="9">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D376" s="7">
+        <v>923532</v>
+      </c>
+      <c r="E376" s="5"/>
+      <c r="F376" s="5"/>
+      <c r="G376" s="5"/>
+    </row>
+    <row r="377" spans="1:7">
+      <c r="A377" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B377" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C377" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D377" s="7">
+        <v>6485</v>
+      </c>
+      <c r="E377" s="5"/>
+      <c r="F377" s="5"/>
+      <c r="G377" s="5"/>
+    </row>
+    <row r="378" spans="1:7">
+      <c r="A378" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B378" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C378" s="9">
+        <v>1.3</v>
+      </c>
+      <c r="D378" s="7">
+        <v>536631</v>
+      </c>
+      <c r="E378" s="5"/>
+      <c r="F378" s="5"/>
+      <c r="G378" s="5"/>
+    </row>
+    <row r="379" spans="1:7">
+      <c r="A379" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B379" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C379" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D379" s="7">
+        <v>163948</v>
+      </c>
+      <c r="E379" s="5"/>
+      <c r="F379" s="5"/>
+      <c r="G379" s="5"/>
+    </row>
+    <row r="380" spans="1:7">
+      <c r="A380" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B380" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C380" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D380" s="7">
+        <v>29122</v>
+      </c>
+      <c r="E380" s="5"/>
+      <c r="F380" s="5"/>
+      <c r="G380" s="5"/>
+    </row>
+    <row r="381" spans="1:7">
+      <c r="A381" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B381" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C381" s="9">
+        <v>1.5</v>
+      </c>
+      <c r="D381" s="7">
+        <v>620111</v>
+      </c>
+      <c r="E381" s="5"/>
+      <c r="F381" s="5"/>
+      <c r="G381" s="5"/>
+    </row>
+    <row r="382" spans="1:7">
+      <c r="A382" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B382" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C382" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D382" s="7">
+        <v>405</v>
+      </c>
+      <c r="E382" s="5"/>
+      <c r="F382" s="5"/>
+      <c r="G382" s="5"/>
+    </row>
+    <row r="383" spans="1:7">
+      <c r="A383" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B383" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C383" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D383" s="7">
+        <v>126342</v>
+      </c>
+      <c r="E383" s="5"/>
+      <c r="F383" s="5"/>
+      <c r="G383" s="5"/>
+    </row>
+    <row r="384" spans="1:7">
+      <c r="A384" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B384" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C384" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D384" s="7">
+        <v>102884</v>
+      </c>
+      <c r="E384" s="5"/>
+      <c r="F384" s="5"/>
+      <c r="G384" s="5"/>
+    </row>
+    <row r="385" spans="1:7">
+      <c r="A385" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B385" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C385" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D385" s="7">
+        <v>164697</v>
+      </c>
+      <c r="E385" s="5"/>
+      <c r="F385" s="5"/>
+      <c r="G385" s="5"/>
+    </row>
+    <row r="386" spans="1:7">
+      <c r="A386" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B386" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C386" s="9">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="D386" s="7">
+        <v>2092978</v>
+      </c>
+      <c r="E386" s="5"/>
+      <c r="F386" s="5"/>
+      <c r="G386" s="5"/>
+    </row>
+    <row r="387" spans="1:7">
+      <c r="A387" s="4">
+        <v>2016</v>
+      </c>
+      <c r="B387" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C387" s="9">
+        <v>0.5</v>
+      </c>
+      <c r="D387" s="7">
+        <v>209215</v>
+      </c>
+      <c r="E387" s="5"/>
+      <c r="F387" s="5"/>
+      <c r="G387" s="5"/>
+    </row>
+    <row r="388" spans="1:7">
+      <c r="A388" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B388" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C388" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="D388" s="7">
+        <v>1222355</v>
+      </c>
+      <c r="E388" s="5"/>
+      <c r="F388" s="5"/>
+      <c r="G388" s="5"/>
+    </row>
+    <row r="389" spans="1:7">
+      <c r="A389" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B389" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C389" s="9">
+        <v>62.3</v>
+      </c>
+      <c r="D389" s="7">
+        <v>23637990</v>
+      </c>
+      <c r="E389" s="5"/>
+      <c r="F389" s="5"/>
+      <c r="G389" s="5"/>
+    </row>
+    <row r="390" spans="1:7">
+      <c r="A390" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B390" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C390" s="9">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D390" s="7">
+        <v>822723</v>
+      </c>
+      <c r="E390" s="5"/>
+      <c r="F390" s="5"/>
+      <c r="G390" s="5"/>
+    </row>
+    <row r="391" spans="1:7">
+      <c r="A391" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B391" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D391" s="7">
+        <v>148959</v>
+      </c>
+      <c r="E391" s="5"/>
+      <c r="F391" s="5"/>
+      <c r="G391" s="5"/>
+    </row>
+    <row r="392" spans="1:7">
+      <c r="A392" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B392" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C392" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="D392" s="7">
+        <v>595505</v>
+      </c>
+      <c r="E392" s="5"/>
+      <c r="F392" s="5"/>
+      <c r="G392" s="5"/>
+    </row>
+    <row r="393" spans="1:7">
+      <c r="A393" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B393" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C393" s="9">
+        <v>2.9</v>
+      </c>
+      <c r="D393" s="7">
+        <v>1115227</v>
+      </c>
+      <c r="E393" s="5"/>
+      <c r="F393" s="5"/>
+      <c r="G393" s="5"/>
+    </row>
+    <row r="394" spans="1:7">
+      <c r="A394" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B394" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C394" s="8">
+        <v>1</v>
+      </c>
+      <c r="D394" s="7">
+        <v>368663</v>
+      </c>
+      <c r="E394" s="5"/>
+      <c r="F394" s="5"/>
+      <c r="G394" s="5"/>
+    </row>
+    <row r="395" spans="1:7">
+      <c r="A395" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B395" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C395" s="9">
+        <v>2.7</v>
+      </c>
+      <c r="D395" s="7">
+        <v>1020523</v>
+      </c>
+      <c r="E395" s="5"/>
+      <c r="F395" s="5"/>
+      <c r="G395" s="5"/>
+    </row>
+    <row r="396" spans="1:7">
+      <c r="A396" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B396" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C396" s="9">
+        <v>2.5</v>
+      </c>
+      <c r="D396" s="7">
+        <v>941784</v>
+      </c>
+      <c r="E396" s="5"/>
+      <c r="F396" s="5"/>
+      <c r="G396" s="5"/>
+    </row>
+    <row r="397" spans="1:7">
+      <c r="A397" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B397" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C397" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D397" s="7">
+        <v>124938</v>
+      </c>
+      <c r="E397" s="5"/>
+      <c r="F397" s="5"/>
+      <c r="G397" s="5"/>
+    </row>
+    <row r="398" spans="1:7">
+      <c r="A398" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B398" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C398" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D398" s="7">
+        <v>155427</v>
+      </c>
+      <c r="E398" s="5"/>
+      <c r="F398" s="5"/>
+      <c r="G398" s="5"/>
+    </row>
+    <row r="399" spans="1:7">
+      <c r="A399" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B399" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C399" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D399" s="7">
+        <v>104223</v>
+      </c>
+      <c r="E399" s="5"/>
+      <c r="F399" s="5"/>
+      <c r="G399" s="5"/>
+    </row>
+    <row r="400" spans="1:7">
+      <c r="A400" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B400" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C400" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D400" s="7">
+        <v>39775</v>
+      </c>
+      <c r="E400" s="5"/>
+      <c r="F400" s="5"/>
+      <c r="G400" s="5"/>
+    </row>
+    <row r="401" spans="1:7">
+      <c r="A401" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B401" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C401" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D401" s="7">
+        <v>77639</v>
+      </c>
+      <c r="E401" s="5"/>
+      <c r="F401" s="5"/>
+      <c r="G401" s="5"/>
+    </row>
+    <row r="402" spans="1:7">
+      <c r="A402" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B402" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C402" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D402" s="7">
+        <v>16912</v>
+      </c>
+      <c r="E402" s="5"/>
+      <c r="F402" s="5"/>
+      <c r="G402" s="5"/>
+    </row>
+    <row r="403" spans="1:7">
+      <c r="A403" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B403" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C403" s="9">
+        <v>0.9</v>
+      </c>
+      <c r="D403" s="7">
+        <v>338318</v>
+      </c>
+      <c r="E403" s="5"/>
+      <c r="F403" s="5"/>
+      <c r="G403" s="5"/>
+    </row>
+    <row r="404" spans="1:7">
+      <c r="A404" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B404" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C404" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D404" s="7">
+        <v>400232</v>
+      </c>
+      <c r="E404" s="5"/>
+      <c r="F404" s="5"/>
+      <c r="G404" s="5"/>
+    </row>
+    <row r="405" spans="1:7">
+      <c r="A405" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B405" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C405" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D405" s="7">
+        <v>296</v>
+      </c>
+      <c r="E405" s="5"/>
+      <c r="F405" s="5"/>
+      <c r="G405" s="5"/>
+    </row>
+    <row r="406" spans="1:7">
+      <c r="A406" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B406" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C406" s="9">
+        <v>2.1</v>
+      </c>
+      <c r="D406" s="7">
+        <v>789191</v>
+      </c>
+      <c r="E406" s="5"/>
+      <c r="F406" s="5"/>
+      <c r="G406" s="5"/>
+    </row>
+    <row r="407" spans="1:7">
+      <c r="A407" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B407" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C407" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D407" s="7">
+        <v>9890</v>
+      </c>
+      <c r="E407" s="5"/>
+      <c r="F407" s="5"/>
+      <c r="G407" s="5"/>
+    </row>
+    <row r="408" spans="1:7">
+      <c r="A408" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B408" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C408" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D408" s="7">
+        <v>66688</v>
+      </c>
+      <c r="E408" s="5"/>
+      <c r="F408" s="5"/>
+      <c r="G408" s="5"/>
+    </row>
+    <row r="409" spans="1:7">
+      <c r="A409" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B409" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C409" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D409" s="7">
+        <v>20055</v>
+      </c>
+      <c r="E409" s="5"/>
+      <c r="F409" s="5"/>
+      <c r="G409" s="5"/>
+    </row>
+    <row r="410" spans="1:7">
+      <c r="A410" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B410" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C410" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D410" s="7">
+        <v>2291</v>
+      </c>
+      <c r="E410" s="5"/>
+      <c r="F410" s="5"/>
+      <c r="G410" s="5"/>
+    </row>
+    <row r="411" spans="1:7">
+      <c r="A411" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B411" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C411" s="9">
+        <v>0.8</v>
+      </c>
+      <c r="D411" s="7">
+        <v>310618</v>
+      </c>
+      <c r="E411" s="5"/>
+      <c r="F411" s="5"/>
+      <c r="G411" s="5"/>
+    </row>
+    <row r="412" spans="1:7">
+      <c r="A412" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B412" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C412" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D412" s="7">
+        <v>110316</v>
+      </c>
+      <c r="E412" s="5"/>
+      <c r="F412" s="5"/>
+      <c r="G412" s="5"/>
+    </row>
+    <row r="413" spans="1:7">
+      <c r="A413" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B413" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C413" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D413" s="7">
+        <v>31499</v>
+      </c>
+      <c r="E413" s="5"/>
+      <c r="F413" s="5"/>
+      <c r="G413" s="5"/>
+    </row>
+    <row r="414" spans="1:7">
+      <c r="A414" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B414" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C414" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D414" s="7">
+        <v>41344</v>
+      </c>
+      <c r="E414" s="5"/>
+      <c r="F414" s="5"/>
+      <c r="G414" s="5"/>
+    </row>
+    <row r="415" spans="1:7">
+      <c r="A415" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B415" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C415" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D415" s="7">
+        <v>16303</v>
+      </c>
+      <c r="E415" s="5"/>
+      <c r="F415" s="5"/>
+      <c r="G415" s="5"/>
+    </row>
+    <row r="416" spans="1:7">
+      <c r="A416" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B416" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C416" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D416" s="7">
+        <v>130101</v>
+      </c>
+      <c r="E416" s="5"/>
+      <c r="F416" s="5"/>
+      <c r="G416" s="5"/>
+    </row>
+    <row r="417" spans="1:7">
+      <c r="A417" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B417" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C417" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D417" s="7">
+        <v>68634</v>
+      </c>
+      <c r="E417" s="5"/>
+      <c r="F417" s="5"/>
+      <c r="G417" s="5"/>
+    </row>
+    <row r="418" spans="1:7">
+      <c r="A418" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B418" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C418" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D418" s="7">
+        <v>4106</v>
+      </c>
+      <c r="E418" s="5"/>
+      <c r="F418" s="5"/>
+      <c r="G418" s="5"/>
+    </row>
+    <row r="419" spans="1:7">
+      <c r="A419" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B419" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C419" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D419" s="7">
+        <v>114723</v>
+      </c>
+      <c r="E419" s="5"/>
+      <c r="F419" s="5"/>
+      <c r="G419" s="5"/>
+    </row>
+    <row r="420" spans="1:7">
+      <c r="A420" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B420" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C420" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D420" s="7">
+        <v>434338</v>
+      </c>
+      <c r="E420" s="5"/>
+      <c r="F420" s="5"/>
+      <c r="G420" s="5"/>
+    </row>
+    <row r="421" spans="1:7">
+      <c r="A421" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B421" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C421" s="9">
+        <v>2.5</v>
+      </c>
+      <c r="D421" s="7">
+        <v>955387</v>
+      </c>
+      <c r="E421" s="5"/>
+      <c r="F421" s="5"/>
+      <c r="G421" s="5"/>
+    </row>
+    <row r="422" spans="1:7">
+      <c r="A422" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B422" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C422" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D422" s="7">
+        <v>36081</v>
+      </c>
+      <c r="E422" s="5"/>
+      <c r="F422" s="5"/>
+      <c r="G422" s="5"/>
+    </row>
+    <row r="423" spans="1:7">
+      <c r="A423" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B423" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C423" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="D423" s="7">
+        <v>625122</v>
+      </c>
+      <c r="E423" s="5"/>
+      <c r="F423" s="5"/>
+      <c r="G423" s="5"/>
+    </row>
+    <row r="424" spans="1:7">
+      <c r="A424" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B424" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C424" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D424" s="7">
+        <v>141332</v>
+      </c>
+      <c r="E424" s="5"/>
+      <c r="F424" s="5"/>
+      <c r="G424" s="5"/>
+    </row>
+    <row r="425" spans="1:7">
+      <c r="A425" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B425" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C425" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D425" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E425" s="5"/>
+      <c r="F425" s="5"/>
+      <c r="G425" s="5"/>
+    </row>
+    <row r="426" spans="1:7">
+      <c r="A426" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B426" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C426" s="9">
+        <v>1.5</v>
+      </c>
+      <c r="D426" s="7">
+        <v>579325</v>
+      </c>
+      <c r="E426" s="5"/>
+      <c r="F426" s="5"/>
+      <c r="G426" s="5"/>
+    </row>
+    <row r="427" spans="1:7">
+      <c r="A427" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B427" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C427" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D427" s="7">
+        <v>368</v>
+      </c>
+      <c r="E427" s="5"/>
+      <c r="F427" s="5"/>
+      <c r="G427" s="5"/>
+    </row>
+    <row r="428" spans="1:7">
+      <c r="A428" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B428" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C428" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D428" s="7">
+        <v>64047</v>
+      </c>
+      <c r="E428" s="5"/>
+      <c r="F428" s="5"/>
+      <c r="G428" s="5"/>
+    </row>
+    <row r="429" spans="1:7">
+      <c r="A429" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B429" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C429" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D429" s="7">
+        <v>95301</v>
+      </c>
+      <c r="E429" s="5"/>
+      <c r="F429" s="5"/>
+      <c r="G429" s="5"/>
+    </row>
+    <row r="430" spans="1:7">
+      <c r="A430" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B430" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C430" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D430" s="7">
+        <v>50467</v>
+      </c>
+      <c r="E430" s="5"/>
+      <c r="F430" s="5"/>
+      <c r="G430" s="5"/>
+    </row>
+    <row r="431" spans="1:7">
+      <c r="A431" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B431" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C431" s="9">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="D431" s="7">
+        <v>1866486</v>
+      </c>
+      <c r="E431" s="5"/>
+      <c r="F431" s="5"/>
+      <c r="G431" s="5"/>
+    </row>
+    <row r="432" spans="1:7">
+      <c r="A432" s="4">
+        <v>2015</v>
+      </c>
+      <c r="B432" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C432" s="9">
+        <v>0.7</v>
+      </c>
+      <c r="D432" s="7">
+        <v>266009</v>
+      </c>
+      <c r="E432" s="5"/>
+      <c r="F432" s="5"/>
+      <c r="G432" s="5"/>
+    </row>
+    <row r="433" spans="1:7">
+      <c r="A433" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B433" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C433" s="9">
+        <v>2.4</v>
+      </c>
+      <c r="D433" s="7">
+        <v>628365</v>
+      </c>
+      <c r="E433" s="5"/>
+      <c r="F433" s="5"/>
+      <c r="G433" s="5"/>
+    </row>
+    <row r="434" spans="1:7">
+      <c r="A434" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B434" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C434" s="9">
+        <v>65.599999999999994</v>
+      </c>
+      <c r="D434" s="7">
+        <v>16944478</v>
+      </c>
+      <c r="E434" s="5"/>
+      <c r="F434" s="5"/>
+      <c r="G434" s="5"/>
+    </row>
+    <row r="435" spans="1:7">
+      <c r="A435" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B435" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C435" s="9">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D435" s="7">
+        <v>579161</v>
+      </c>
+      <c r="E435" s="5"/>
+      <c r="F435" s="5"/>
+      <c r="G435" s="5"/>
+    </row>
+    <row r="436" spans="1:7">
+      <c r="A436" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B436" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D436" s="7">
+        <v>58890</v>
+      </c>
+      <c r="E436" s="5"/>
+      <c r="F436" s="5"/>
+      <c r="G436" s="5"/>
+    </row>
+    <row r="437" spans="1:7">
+      <c r="A437" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B437" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C437" s="9">
+        <v>1.8</v>
+      </c>
+      <c r="D437" s="7">
+        <v>464821</v>
+      </c>
+      <c r="E437" s="5"/>
+      <c r="F437" s="5"/>
+      <c r="G437" s="5"/>
+    </row>
+    <row r="438" spans="1:7">
+      <c r="A438" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B438" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C438" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="D438" s="7">
+        <v>832931</v>
+      </c>
+      <c r="E438" s="5"/>
+      <c r="F438" s="5"/>
+      <c r="G438" s="5"/>
+    </row>
+    <row r="439" spans="1:7">
+      <c r="A439" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B439" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C439" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="D439" s="7">
+        <v>156767</v>
+      </c>
+      <c r="E439" s="5"/>
+      <c r="F439" s="5"/>
+      <c r="G439" s="5"/>
+    </row>
+    <row r="440" spans="1:7">
+      <c r="A440" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B440" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C440" s="9">
+        <v>2.5</v>
+      </c>
+      <c r="D440" s="7">
+        <v>640095</v>
+      </c>
+      <c r="E440" s="5"/>
+      <c r="F440" s="5"/>
+      <c r="G440" s="5"/>
+    </row>
+    <row r="441" spans="1:7">
+      <c r="A441" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B441" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C441" s="9">
+        <v>3.7</v>
+      </c>
+      <c r="D441" s="7">
+        <v>946217</v>
+      </c>
+      <c r="E441" s="5"/>
+      <c r="F441" s="5"/>
+      <c r="G441" s="5"/>
+    </row>
+    <row r="442" spans="1:7">
+      <c r="A442" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B442" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C442" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D442" s="7">
+        <v>86130</v>
+      </c>
+      <c r="E442" s="5"/>
+      <c r="F442" s="5"/>
+      <c r="G442" s="5"/>
+    </row>
+    <row r="443" spans="1:7">
+      <c r="A443" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B443" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C443" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D443" s="7">
+        <v>105998</v>
+      </c>
+      <c r="E443" s="5"/>
+      <c r="F443" s="5"/>
+      <c r="G443" s="5"/>
+    </row>
+    <row r="444" spans="1:7">
+      <c r="A444" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B444" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C444" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D444" s="7">
+        <v>66332</v>
+      </c>
+      <c r="E444" s="5"/>
+      <c r="F444" s="5"/>
+      <c r="G444" s="5"/>
+    </row>
+    <row r="445" spans="1:7">
+      <c r="A445" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B445" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C445" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D445" s="7">
+        <v>18487</v>
+      </c>
+      <c r="E445" s="5"/>
+      <c r="F445" s="5"/>
+      <c r="G445" s="5"/>
+    </row>
+    <row r="446" spans="1:7">
+      <c r="A446" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B446" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C446" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D446" s="7">
+        <v>42463</v>
+      </c>
+      <c r="E446" s="5"/>
+      <c r="F446" s="5"/>
+      <c r="G446" s="5"/>
+    </row>
+    <row r="447" spans="1:7">
+      <c r="A447" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B447" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C447" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D447" s="7">
+        <v>5396</v>
+      </c>
+      <c r="E447" s="5"/>
+      <c r="F447" s="5"/>
+      <c r="G447" s="5"/>
+    </row>
+    <row r="448" spans="1:7">
+      <c r="A448" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B448" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C448" s="9">
+        <v>0.8</v>
+      </c>
+      <c r="D448" s="7">
+        <v>201336</v>
+      </c>
+      <c r="E448" s="5"/>
+      <c r="F448" s="5"/>
+      <c r="G448" s="5"/>
+    </row>
+    <row r="449" spans="1:7">
+      <c r="A449" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B449" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C449" s="8">
+        <v>1</v>
+      </c>
+      <c r="D449" s="7">
+        <v>248330</v>
+      </c>
+      <c r="E449" s="5"/>
+      <c r="F449" s="5"/>
+      <c r="G449" s="5"/>
+    </row>
+    <row r="450" spans="1:7">
+      <c r="A450" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B450" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C450" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D450" s="7">
+        <v>305</v>
+      </c>
+      <c r="E450" s="5"/>
+      <c r="F450" s="5"/>
+      <c r="G450" s="5"/>
+    </row>
+    <row r="451" spans="1:7">
+      <c r="A451" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B451" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C451" s="9">
+        <v>1.3</v>
+      </c>
+      <c r="D451" s="7">
+        <v>344526</v>
+      </c>
+      <c r="E451" s="5"/>
+      <c r="F451" s="5"/>
+      <c r="G451" s="5"/>
+    </row>
+    <row r="452" spans="1:7">
+      <c r="A452" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B452" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C452" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D452" s="7">
+        <v>7227</v>
+      </c>
+      <c r="E452" s="5"/>
+      <c r="F452" s="5"/>
+      <c r="G452" s="5"/>
+    </row>
+    <row r="453" spans="1:7">
+      <c r="A453" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B453" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C453" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D453" s="7">
+        <v>59333</v>
+      </c>
+      <c r="E453" s="5"/>
+      <c r="F453" s="5"/>
+      <c r="G453" s="5"/>
+    </row>
+    <row r="454" spans="1:7">
+      <c r="A454" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B454" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C454" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D454" s="7">
+        <v>4181</v>
+      </c>
+      <c r="E454" s="5"/>
+      <c r="F454" s="5"/>
+      <c r="G454" s="5"/>
+    </row>
+    <row r="455" spans="1:7">
+      <c r="A455" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B455" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C455" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D455" s="7">
+        <v>2251</v>
+      </c>
+      <c r="E455" s="5"/>
+      <c r="F455" s="5"/>
+      <c r="G455" s="5"/>
+    </row>
+    <row r="456" spans="1:7">
+      <c r="A456" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B456" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C456" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D456" s="7">
+        <v>1899</v>
+      </c>
+      <c r="E456" s="5"/>
+      <c r="F456" s="5"/>
+      <c r="G456" s="5"/>
+    </row>
+    <row r="457" spans="1:7">
+      <c r="A457" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B457" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C457" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="D457" s="7">
+        <v>142795</v>
+      </c>
+      <c r="E457" s="5"/>
+      <c r="F457" s="5"/>
+      <c r="G457" s="5"/>
+    </row>
+    <row r="458" spans="1:7">
+      <c r="A458" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B458" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C458" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D458" s="7">
+        <v>48072</v>
+      </c>
+      <c r="E458" s="5"/>
+      <c r="F458" s="5"/>
+      <c r="G458" s="5"/>
+    </row>
+    <row r="459" spans="1:7">
+      <c r="A459" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B459" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C459" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D459" s="7">
+        <v>16624</v>
+      </c>
+      <c r="E459" s="5"/>
+      <c r="F459" s="5"/>
+      <c r="G459" s="5"/>
+    </row>
+    <row r="460" spans="1:7">
+      <c r="A460" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B460" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C460" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D460" s="7">
+        <v>26188</v>
+      </c>
+      <c r="E460" s="5"/>
+      <c r="F460" s="5"/>
+      <c r="G460" s="5"/>
+    </row>
+    <row r="461" spans="1:7">
+      <c r="A461" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B461" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C461" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D461" s="7">
+        <v>6260</v>
+      </c>
+      <c r="E461" s="5"/>
+      <c r="F461" s="5"/>
+      <c r="G461" s="5"/>
+    </row>
+    <row r="462" spans="1:7">
+      <c r="A462" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B462" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C462" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D462" s="7">
+        <v>28963</v>
+      </c>
+      <c r="E462" s="5"/>
+      <c r="F462" s="5"/>
+      <c r="G462" s="5"/>
+    </row>
+    <row r="463" spans="1:7">
+      <c r="A463" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B463" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C463" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D463" s="7">
+        <v>55795</v>
+      </c>
+      <c r="E463" s="5"/>
+      <c r="F463" s="5"/>
+      <c r="G463" s="5"/>
+    </row>
+    <row r="464" spans="1:7">
+      <c r="A464" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B464" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C464" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D464" s="7">
+        <v>1414</v>
+      </c>
+      <c r="E464" s="5"/>
+      <c r="F464" s="5"/>
+      <c r="G464" s="5"/>
+    </row>
+    <row r="465" spans="1:7">
+      <c r="A465" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B465" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C465" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D465" s="7">
+        <v>76130</v>
+      </c>
+      <c r="E465" s="5"/>
+      <c r="F465" s="5"/>
+      <c r="G465" s="5"/>
+    </row>
+    <row r="466" spans="1:7">
+      <c r="A466" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B466" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C466" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="D466" s="7">
+        <v>147788</v>
+      </c>
+      <c r="E466" s="5"/>
+      <c r="F466" s="5"/>
+      <c r="G466" s="5"/>
+    </row>
+    <row r="467" spans="1:7">
+      <c r="A467" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B467" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C467" s="9">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="D467" s="7">
+        <v>601905</v>
+      </c>
+      <c r="E467" s="5"/>
+      <c r="F467" s="5"/>
+      <c r="G467" s="5"/>
+    </row>
+    <row r="468" spans="1:7">
+      <c r="A468" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B468" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C468" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D468" s="7">
+        <v>21744</v>
+      </c>
+      <c r="E468" s="5"/>
+      <c r="F468" s="5"/>
+      <c r="G468" s="5"/>
+    </row>
+    <row r="469" spans="1:7">
+      <c r="A469" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B469" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C469" s="9">
+        <v>0.7</v>
+      </c>
+      <c r="D469" s="7">
+        <v>184567</v>
+      </c>
+      <c r="E469" s="5"/>
+      <c r="F469" s="5"/>
+      <c r="G469" s="5"/>
+    </row>
+    <row r="470" spans="1:7">
+      <c r="A470" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B470" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C470" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D470" s="7">
+        <v>82083</v>
+      </c>
+      <c r="E470" s="5"/>
+      <c r="F470" s="5"/>
+      <c r="G470" s="5"/>
+    </row>
+    <row r="471" spans="1:7">
+      <c r="A471" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B471" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C471" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D471" s="7">
+        <v>7245</v>
+      </c>
+      <c r="E471" s="5"/>
+      <c r="F471" s="5"/>
+      <c r="G471" s="5"/>
+    </row>
+    <row r="472" spans="1:7">
+      <c r="A472" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B472" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C472" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D472" s="7">
+        <v>74357</v>
+      </c>
+      <c r="E472" s="5"/>
+      <c r="F472" s="5"/>
+      <c r="G472" s="5"/>
+    </row>
+    <row r="473" spans="1:7">
+      <c r="A473" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B473" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C473" s="9">
+        <v>1.2</v>
+      </c>
+      <c r="D473" s="7">
+        <v>301435</v>
+      </c>
+      <c r="E473" s="5"/>
+      <c r="F473" s="5"/>
+      <c r="G473" s="5"/>
+    </row>
+    <row r="474" spans="1:7">
+      <c r="A474" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B474" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C474" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D474" s="7">
+        <v>250</v>
+      </c>
+      <c r="E474" s="5"/>
+      <c r="F474" s="5"/>
+      <c r="G474" s="5"/>
+    </row>
+    <row r="475" spans="1:7">
+      <c r="A475" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B475" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C475" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D475" s="7">
+        <v>39754</v>
+      </c>
+      <c r="E475" s="5"/>
+      <c r="F475" s="5"/>
+      <c r="G475" s="5"/>
+    </row>
+    <row r="476" spans="1:7">
+      <c r="A476" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B476" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C476" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D476" s="7">
+        <v>31801</v>
+      </c>
+      <c r="E476" s="5"/>
+      <c r="F476" s="5"/>
+      <c r="G476" s="5"/>
+    </row>
+    <row r="477" spans="1:7">
+      <c r="A477" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B477" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C477" s="9">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="D477" s="7">
+        <v>1322727</v>
+      </c>
+      <c r="E477" s="5"/>
+      <c r="F477" s="5"/>
+      <c r="G477" s="5"/>
+    </row>
+    <row r="478" spans="1:7">
+      <c r="A478" s="4">
+        <v>2014</v>
+      </c>
+      <c r="B478" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C478" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="D478" s="7">
+        <v>161685</v>
+      </c>
+      <c r="E478" s="5"/>
+      <c r="F478" s="5"/>
+      <c r="G478" s="5"/>
+    </row>
+    <row r="479" spans="1:7">
+      <c r="A479" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B479" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C479" s="8">
+        <v>3</v>
+      </c>
+      <c r="D479" s="7">
+        <v>871080</v>
+      </c>
+      <c r="E479" s="5"/>
+      <c r="F479" s="5"/>
+      <c r="G479" s="5"/>
+    </row>
+    <row r="480" spans="1:7">
+      <c r="A480" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B480" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C480" s="9">
+        <v>66.2</v>
+      </c>
+      <c r="D480" s="7">
+        <v>19458177</v>
+      </c>
+      <c r="E480" s="5"/>
+      <c r="F480" s="5"/>
+      <c r="G480" s="5"/>
+    </row>
+    <row r="481" spans="1:7">
+      <c r="A481" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B481" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C481" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D481" s="7">
+        <v>29654</v>
+      </c>
+      <c r="E481" s="5"/>
+      <c r="F481" s="5"/>
+      <c r="G481" s="5"/>
+    </row>
+    <row r="482" spans="1:7">
+      <c r="A482" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B482" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C482" s="8">
         <v>2</v>
       </c>
-      <c r="D9" s="10">
-[...10 lines deleted...]
-      <c r="B10" s="6" t="s">
+      <c r="D482" s="7">
+        <v>577533</v>
+      </c>
+      <c r="E482" s="5"/>
+      <c r="F482" s="5"/>
+      <c r="G482" s="5"/>
+    </row>
+    <row r="483" spans="1:7">
+      <c r="A483" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B483" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D483" s="7">
+        <v>72684</v>
+      </c>
+      <c r="E483" s="5"/>
+      <c r="F483" s="5"/>
+      <c r="G483" s="5"/>
+    </row>
+    <row r="484" spans="1:7">
+      <c r="A484" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B484" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C484" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="D484" s="7">
+        <v>486650</v>
+      </c>
+      <c r="E484" s="5"/>
+      <c r="F484" s="5"/>
+      <c r="G484" s="5"/>
+    </row>
+    <row r="485" spans="1:7">
+      <c r="A485" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B485" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C485" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="D485" s="7">
+        <v>1019814</v>
+      </c>
+      <c r="E485" s="5"/>
+      <c r="F485" s="5"/>
+      <c r="G485" s="5"/>
+    </row>
+    <row r="486" spans="1:7">
+      <c r="A486" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B486" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="C10" s="9">
-[...13 lines deleted...]
-      <c r="B11" s="6" t="s">
+      <c r="C486" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="D486" s="7">
+        <v>181168</v>
+      </c>
+      <c r="E486" s="5"/>
+      <c r="F486" s="5"/>
+      <c r="G486" s="5"/>
+    </row>
+    <row r="487" spans="1:7">
+      <c r="A487" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B487" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="C11" s="9">
+      <c r="C487" s="9">
+        <v>2.6</v>
+      </c>
+      <c r="D487" s="7">
+        <v>755514</v>
+      </c>
+      <c r="E487" s="5"/>
+      <c r="F487" s="5"/>
+      <c r="G487" s="5"/>
+    </row>
+    <row r="488" spans="1:7">
+      <c r="A488" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B488" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C488" s="9">
         <v>3.1</v>
       </c>
-      <c r="D11" s="10">
-[...10 lines deleted...]
-      <c r="B12" s="6" t="s">
+      <c r="D488" s="7">
+        <v>915815</v>
+      </c>
+      <c r="E488" s="5"/>
+      <c r="F488" s="5"/>
+      <c r="G488" s="5"/>
+    </row>
+    <row r="489" spans="1:7">
+      <c r="A489" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B489" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C489" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D489" s="7">
+        <v>98790</v>
+      </c>
+      <c r="E489" s="5"/>
+      <c r="F489" s="5"/>
+      <c r="G489" s="5"/>
+    </row>
+    <row r="490" spans="1:7">
+      <c r="A490" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B490" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C490" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D490" s="7">
+        <v>86490</v>
+      </c>
+      <c r="E490" s="5"/>
+      <c r="F490" s="5"/>
+      <c r="G490" s="5"/>
+    </row>
+    <row r="491" spans="1:7">
+      <c r="A491" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B491" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C491" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D491" s="7">
+        <v>78023</v>
+      </c>
+      <c r="E491" s="5"/>
+      <c r="F491" s="5"/>
+      <c r="G491" s="5"/>
+    </row>
+    <row r="492" spans="1:7">
+      <c r="A492" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B492" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C492" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D492" s="7">
+        <v>27158</v>
+      </c>
+      <c r="E492" s="5"/>
+      <c r="F492" s="5"/>
+      <c r="G492" s="5"/>
+    </row>
+    <row r="493" spans="1:7">
+      <c r="A493" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B493" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C493" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D493" s="7">
+        <v>34137</v>
+      </c>
+      <c r="E493" s="5"/>
+      <c r="F493" s="5"/>
+      <c r="G493" s="5"/>
+    </row>
+    <row r="494" spans="1:7">
+      <c r="A494" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B494" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C494" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D494" s="7">
+        <v>5123</v>
+      </c>
+      <c r="E494" s="5"/>
+      <c r="F494" s="5"/>
+      <c r="G494" s="5"/>
+    </row>
+    <row r="495" spans="1:7">
+      <c r="A495" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B495" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C495" s="9">
+        <v>0.8</v>
+      </c>
+      <c r="D495" s="7">
+        <v>231019</v>
+      </c>
+      <c r="E495" s="5"/>
+      <c r="F495" s="5"/>
+      <c r="G495" s="5"/>
+    </row>
+    <row r="496" spans="1:7">
+      <c r="A496" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B496" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C496" s="9">
+        <v>1.2</v>
+      </c>
+      <c r="D496" s="7">
+        <v>339966</v>
+      </c>
+      <c r="E496" s="5"/>
+      <c r="F496" s="5"/>
+      <c r="G496" s="5"/>
+    </row>
+    <row r="497" spans="1:7">
+      <c r="A497" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B497" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C497" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D497" s="7">
+        <v>1193</v>
+      </c>
+      <c r="E497" s="5"/>
+      <c r="F497" s="5"/>
+      <c r="G497" s="5"/>
+    </row>
+    <row r="498" spans="1:7">
+      <c r="A498" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B498" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C498" s="9">
+        <v>1.8</v>
+      </c>
+      <c r="D498" s="7">
+        <v>519847</v>
+      </c>
+      <c r="E498" s="5"/>
+      <c r="F498" s="5"/>
+      <c r="G498" s="5"/>
+    </row>
+    <row r="499" spans="1:7">
+      <c r="A499" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B499" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C499" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D499" s="7">
+        <v>6894</v>
+      </c>
+    </row>
+    <row r="500" spans="1:7">
+      <c r="A500" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B500" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C500" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D500" s="7">
+        <v>72719</v>
+      </c>
+    </row>
+    <row r="501" spans="1:7">
+      <c r="A501" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B501" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C501" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D501" s="7">
+        <v>34983</v>
+      </c>
+    </row>
+    <row r="502" spans="1:7">
+      <c r="A502" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B502" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C502" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D502" s="7">
+        <v>7738</v>
+      </c>
+    </row>
+    <row r="503" spans="1:7">
+      <c r="A503" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B503" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C503" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D503" s="7">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="504" spans="1:7">
+      <c r="A504" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B504" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C504" s="9">
+        <v>0.5</v>
+      </c>
+      <c r="D504" s="7">
+        <v>154271</v>
+      </c>
+    </row>
+    <row r="505" spans="1:7">
+      <c r="A505" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B505" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C505" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D505" s="7">
+        <v>53164</v>
+      </c>
+    </row>
+    <row r="506" spans="1:7">
+      <c r="A506" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B506" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C506" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D506" s="7">
+        <v>11256</v>
+      </c>
+    </row>
+    <row r="507" spans="1:7">
+      <c r="A507" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B507" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C507" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D507" s="7">
+        <v>25505</v>
+      </c>
+    </row>
+    <row r="508" spans="1:7">
+      <c r="A508" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B508" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C508" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D508" s="7">
+        <v>8031</v>
+      </c>
+    </row>
+    <row r="509" spans="1:7">
+      <c r="A509" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B509" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C509" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D509" s="7">
+        <v>64658</v>
+      </c>
+    </row>
+    <row r="510" spans="1:7">
+      <c r="A510" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B510" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C510" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D510" s="7">
+        <v>57101</v>
+      </c>
+    </row>
+    <row r="511" spans="1:7">
+      <c r="A511" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B511" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C511" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D511" s="7">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="512" spans="1:7">
+      <c r="A512" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B512" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C512" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D512" s="7">
+        <v>71351</v>
+      </c>
+    </row>
+    <row r="513" spans="1:4">
+      <c r="A513" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B513" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C513" s="9">
+        <v>0.5</v>
+      </c>
+      <c r="D513" s="7">
+        <v>138190</v>
+      </c>
+    </row>
+    <row r="514" spans="1:4">
+      <c r="A514" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B514" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C514" s="9">
+        <v>0.7</v>
+      </c>
+      <c r="D514" s="7">
+        <v>209952</v>
+      </c>
+    </row>
+    <row r="515" spans="1:4">
+      <c r="A515" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B515" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C515" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D515" s="7">
+        <v>29775</v>
+      </c>
+    </row>
+    <row r="516" spans="1:4">
+      <c r="A516" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B516" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C516" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="D516" s="7">
+        <v>185151</v>
+      </c>
+    </row>
+    <row r="517" spans="1:4">
+      <c r="A517" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B517" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C517" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D517" s="7">
+        <v>106133</v>
+      </c>
+    </row>
+    <row r="518" spans="1:4">
+      <c r="A518" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B518" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C518" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D518" s="7">
+        <v>7019</v>
+      </c>
+    </row>
+    <row r="519" spans="1:4">
+      <c r="A519" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B519" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C519" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D519" s="7">
+        <v>86392</v>
+      </c>
+    </row>
+    <row r="520" spans="1:4">
+      <c r="A520" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B520" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C520" s="9">
+        <v>1.3</v>
+      </c>
+      <c r="D520" s="7">
+        <v>389682</v>
+      </c>
+    </row>
+    <row r="521" spans="1:4">
+      <c r="A521" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B521" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C521" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D521" s="7">
+        <v>13299</v>
+      </c>
+    </row>
+    <row r="522" spans="1:4">
+      <c r="A522" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B522" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C522" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D522" s="7">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4">
+      <c r="A523" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B523" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C523" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D523" s="7">
+        <v>74309</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4">
+      <c r="A524" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B524" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C524" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D524" s="7">
+        <v>50344</v>
+      </c>
+    </row>
+    <row r="525" spans="1:4">
+      <c r="A525" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B525" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C525" s="9">
+        <v>5.4</v>
+      </c>
+      <c r="D525" s="7">
+        <v>1595708</v>
+      </c>
+    </row>
+    <row r="526" spans="1:4">
+      <c r="A526" s="4">
+        <v>2013</v>
+      </c>
+      <c r="B526" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C526" s="9">
+        <v>0.5</v>
+      </c>
+      <c r="D526" s="7">
+        <v>138064</v>
+      </c>
+    </row>
+    <row r="527" spans="1:4">
+      <c r="A527" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B527" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C527" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="D527" s="7">
+        <v>928292</v>
+      </c>
+    </row>
+    <row r="528" spans="1:4">
+      <c r="A528" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B528" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C528" s="9">
+        <v>64.7</v>
+      </c>
+      <c r="D528" s="7">
+        <v>21186085</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4">
+      <c r="A529" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B529" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C529" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D529" s="7">
+        <v>44221</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4">
+      <c r="A530" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B530" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C530" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="D530" s="7">
+        <v>1144328</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4">
+      <c r="A531" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B531" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D531" s="7">
+        <v>51857</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4">
+      <c r="A532" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B532" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C532" s="9">
+        <v>1.9</v>
+      </c>
+      <c r="D532" s="7">
+        <v>627414</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4">
+      <c r="A533" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B533" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C533" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="D533" s="7">
+        <v>1032192</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4">
+      <c r="A534" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B534" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C534" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="D534" s="7">
+        <v>211647</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4">
+      <c r="A535" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B535" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C535" s="9">
+        <v>2.6</v>
+      </c>
+      <c r="D535" s="7">
+        <v>843546</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4">
+      <c r="A536" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B536" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C12" s="9">
-[...13 lines deleted...]
-      <c r="B13" s="6" t="s">
+      <c r="C536" s="9">
+        <v>3.8</v>
+      </c>
+      <c r="D536" s="7">
+        <v>1240639</v>
+      </c>
+    </row>
+    <row r="537" spans="1:4">
+      <c r="A537" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B537" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C537" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D537" s="7">
+        <v>96405</v>
+      </c>
+    </row>
+    <row r="538" spans="1:4">
+      <c r="A538" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B538" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="C13" s="9">
+      <c r="C538" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D538" s="7">
+        <v>95945</v>
+      </c>
+    </row>
+    <row r="539" spans="1:4">
+      <c r="A539" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B539" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C539" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D539" s="7">
+        <v>86443</v>
+      </c>
+    </row>
+    <row r="540" spans="1:4">
+      <c r="A540" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B540" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C540" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D540" s="7">
+        <v>40281</v>
+      </c>
+    </row>
+    <row r="541" spans="1:4">
+      <c r="A541" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B541" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C541" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D541" s="7">
+        <v>12721</v>
+      </c>
+    </row>
+    <row r="542" spans="1:4">
+      <c r="A542" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B542" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C542" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D542" s="7">
+        <v>7657</v>
+      </c>
+    </row>
+    <row r="543" spans="1:4">
+      <c r="A543" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B543" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C543" s="9">
+        <v>0.7</v>
+      </c>
+      <c r="D543" s="7">
+        <v>242930</v>
+      </c>
+    </row>
+    <row r="544" spans="1:4">
+      <c r="A544" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B544" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C544" s="8">
+        <v>1</v>
+      </c>
+      <c r="D544" s="7">
+        <v>327313</v>
+      </c>
+    </row>
+    <row r="545" spans="1:4">
+      <c r="A545" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B545" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C545" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D545" s="7">
+        <v>2198</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4">
+      <c r="A546" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B546" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C546" s="9">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="D546" s="7">
+        <v>749547</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4">
+      <c r="A547" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B547" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C547" s="9">
         <v>0.2</v>
       </c>
-      <c r="D13" s="10">
-[...13 lines deleted...]
-      <c r="C14" s="9">
+      <c r="D547" s="7">
+        <v>78643</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4">
+      <c r="A548" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B548" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C548" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D548" s="7">
+        <v>30602</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4">
+      <c r="A549" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B549" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C549" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D549" s="7">
+        <v>8304</v>
+      </c>
+    </row>
+    <row r="550" spans="1:4">
+      <c r="A550" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B550" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C550" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D550" s="7">
+        <v>2981</v>
+      </c>
+    </row>
+    <row r="551" spans="1:4">
+      <c r="A551" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B551" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C551" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="D551" s="7">
+        <v>184165</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4">
+      <c r="A552" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B552" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C552" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D552" s="7">
+        <v>27706</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4">
+      <c r="A553" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B553" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C553" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D553" s="7">
+        <v>6467</v>
+      </c>
+    </row>
+    <row r="554" spans="1:4">
+      <c r="A554" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B554" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C554" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D554" s="7">
+        <v>47258</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4">
+      <c r="A555" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B555" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C555" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D555" s="7">
+        <v>59669</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4">
+      <c r="A556" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B556" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C556" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D556" s="7">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4">
+      <c r="A557" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B557" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C557" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D557" s="7">
+        <v>98470</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4">
+      <c r="A558" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B558" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C558" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D558" s="7">
+        <v>104134</v>
+      </c>
+    </row>
+    <row r="559" spans="1:4">
+      <c r="A559" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B559" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C559" s="9">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="D559" s="7">
+        <v>744405</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4">
+      <c r="A560" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B560" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C560" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D560" s="7">
+        <v>9808</v>
+      </c>
+    </row>
+    <row r="561" spans="1:4">
+      <c r="A561" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B561" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C561" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D561" s="7">
+        <v>108250</v>
+      </c>
+    </row>
+    <row r="562" spans="1:4">
+      <c r="A562" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B562" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C562" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D562" s="7">
+        <v>8574</v>
+      </c>
+    </row>
+    <row r="563" spans="1:4">
+      <c r="A563" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B563" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C563" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D563" s="7">
+        <v>93602</v>
+      </c>
+    </row>
+    <row r="564" spans="1:4">
+      <c r="A564" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B564" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C564" s="9">
+        <v>0.8</v>
+      </c>
+      <c r="D564" s="7">
+        <v>260707</v>
+      </c>
+    </row>
+    <row r="565" spans="1:4">
+      <c r="A565" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B565" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C565" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D565" s="7">
+        <v>25283</v>
+      </c>
+    </row>
+    <row r="566" spans="1:4">
+      <c r="A566" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B566" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C566" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D566" s="7">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="567" spans="1:4">
+      <c r="A567" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B567" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C567" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D567" s="7">
+        <v>31567</v>
+      </c>
+    </row>
+    <row r="568" spans="1:4">
+      <c r="A568" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B568" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C568" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D568" s="7">
+        <v>56293</v>
+      </c>
+    </row>
+    <row r="569" spans="1:4">
+      <c r="A569" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B569" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C569" s="9">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="D569" s="7">
+        <v>1605248</v>
+      </c>
+    </row>
+    <row r="570" spans="1:4">
+      <c r="A570" s="4">
+        <v>2012</v>
+      </c>
+      <c r="B570" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C570" s="9">
+        <v>0.5</v>
+      </c>
+      <c r="D570" s="7">
+        <v>169963</v>
+      </c>
+    </row>
+    <row r="571" spans="1:4">
+      <c r="A571" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B571" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C571" s="9">
+        <v>3.8</v>
+      </c>
+      <c r="D571" s="7">
+        <v>1043316</v>
+      </c>
+    </row>
+    <row r="572" spans="1:4">
+      <c r="A572" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B572" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C572" s="9">
+        <v>66.900000000000006</v>
+      </c>
+      <c r="D572" s="7">
+        <v>18428464</v>
+      </c>
+    </row>
+    <row r="573" spans="1:4">
+      <c r="A573" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B573" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C573" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D573" s="7">
+        <v>53725</v>
+      </c>
+    </row>
+    <row r="574" spans="1:4">
+      <c r="A574" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B574" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C574" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D574" s="7">
+        <v>36516</v>
+      </c>
+    </row>
+    <row r="575" spans="1:4">
+      <c r="A575" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B575" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C575" s="9">
+        <v>3.3</v>
+      </c>
+      <c r="D575" s="7">
+        <v>899642</v>
+      </c>
+    </row>
+    <row r="576" spans="1:4">
+      <c r="A576" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B576" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D576" s="7">
+        <v>40729</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4">
+      <c r="A577" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B577" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C577" s="9">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="D577" s="7">
+        <v>640350</v>
+      </c>
+    </row>
+    <row r="578" spans="1:4">
+      <c r="A578" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B578" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C578" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="D578" s="7">
+        <v>968019</v>
+      </c>
+    </row>
+    <row r="579" spans="1:4">
+      <c r="A579" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B579" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C579" s="9">
+        <v>2.4</v>
+      </c>
+      <c r="D579" s="7">
+        <v>664053</v>
+      </c>
+    </row>
+    <row r="580" spans="1:4">
+      <c r="A580" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B580" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C580" s="9">
+        <v>3.3</v>
+      </c>
+      <c r="D580" s="7">
+        <v>920581</v>
+      </c>
+    </row>
+    <row r="581" spans="1:4">
+      <c r="A581" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B581" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C581" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D581" s="7">
+        <v>5877</v>
+      </c>
+    </row>
+    <row r="582" spans="1:4">
+      <c r="A582" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B582" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C582" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D582" s="7">
+        <v>65519</v>
+      </c>
+    </row>
+    <row r="583" spans="1:4">
+      <c r="A583" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B583" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C583" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D583" s="7">
+        <v>31173</v>
+      </c>
+    </row>
+    <row r="584" spans="1:4">
+      <c r="A584" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B584" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C584" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="D584" s="7">
+        <v>32394</v>
+      </c>
+    </row>
+    <row r="585" spans="1:4">
+      <c r="A585" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B585" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C585" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D585" s="7">
+        <v>14146</v>
+      </c>
+    </row>
+    <row r="586" spans="1:4">
+      <c r="A586" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B586" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C586" s="8">
+        <v>1</v>
+      </c>
+      <c r="D586" s="7">
+        <v>279416</v>
+      </c>
+    </row>
+    <row r="587" spans="1:4">
+      <c r="A587" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B587" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C587" s="8">
+        <v>1</v>
+      </c>
+      <c r="D587" s="7">
+        <v>263567</v>
+      </c>
+    </row>
+    <row r="588" spans="1:4">
+      <c r="A588" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B588" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C588" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D588" s="7">
+        <v>83682</v>
+      </c>
+    </row>
+    <row r="589" spans="1:4">
+      <c r="A589" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B589" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C589" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D589" s="7">
+        <v>23017</v>
+      </c>
+    </row>
+    <row r="590" spans="1:4">
+      <c r="A590" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B590" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C590" s="9">
+        <v>0.8</v>
+      </c>
+      <c r="D590" s="7">
+        <v>212272</v>
+      </c>
+    </row>
+    <row r="591" spans="1:4">
+      <c r="A591" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B591" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C591" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D591" s="7">
+        <v>14707</v>
+      </c>
+    </row>
+    <row r="592" spans="1:4">
+      <c r="A592" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B592" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C592" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D592" s="7">
+        <v>52241</v>
+      </c>
+    </row>
+    <row r="593" spans="1:4">
+      <c r="A593" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B593" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C593" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D593" s="7">
+        <v>51397</v>
+      </c>
+    </row>
+    <row r="594" spans="1:4">
+      <c r="A594" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B594" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C594" s="8">
+        <v>2</v>
+      </c>
+      <c r="D594" s="7">
+        <v>552073</v>
+      </c>
+    </row>
+    <row r="595" spans="1:4">
+      <c r="A595" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B595" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C595" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D595" s="7">
+        <v>25515</v>
+      </c>
+    </row>
+    <row r="596" spans="1:4">
+      <c r="A596" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B596" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C596" s="9">
         <v>0.4</v>
       </c>
-      <c r="D14" s="10">
-[...13 lines deleted...]
-      <c r="C15" s="9">
+      <c r="D596" s="7">
+        <v>122834</v>
+      </c>
+    </row>
+    <row r="597" spans="1:4">
+      <c r="A597" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B597" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C597" s="9">
+        <v>0.9</v>
+      </c>
+      <c r="D597" s="7">
+        <v>248028</v>
+      </c>
+    </row>
+    <row r="598" spans="1:4">
+      <c r="A598" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B598" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C598" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D598" s="7">
+        <v>26157</v>
+      </c>
+    </row>
+    <row r="599" spans="1:4">
+      <c r="A599" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B599" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C599" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D599" s="7">
+        <v>41839</v>
+      </c>
+    </row>
+    <row r="600" spans="1:4">
+      <c r="A600" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B600" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C600" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="D600" s="7">
+        <v>107780</v>
+      </c>
+    </row>
+    <row r="601" spans="1:4">
+      <c r="A601" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B601" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C601" s="9">
+        <v>5.2</v>
+      </c>
+      <c r="D601" s="7">
+        <v>1442350</v>
+      </c>
+    </row>
+    <row r="602" spans="1:4">
+      <c r="A602" s="4">
+        <v>2011</v>
+      </c>
+      <c r="B602" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C602" s="9">
+        <v>0.5</v>
+      </c>
+      <c r="D602" s="7">
+        <v>147400</v>
+      </c>
+    </row>
+    <row r="603" spans="1:4">
+      <c r="A603" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B603" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C603" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="D603" s="7">
+        <v>312520</v>
+      </c>
+    </row>
+    <row r="604" spans="1:4">
+      <c r="A604" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B604" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C604" s="9">
+        <v>68.5</v>
+      </c>
+      <c r="D604" s="7">
+        <v>6186029</v>
+      </c>
+    </row>
+    <row r="605" spans="1:4">
+      <c r="A605" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B605" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C605" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D605" s="7">
+        <v>14026</v>
+      </c>
+    </row>
+    <row r="606" spans="1:4">
+      <c r="A606" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B606" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C606" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D606" s="7">
+        <v>8475</v>
+      </c>
+    </row>
+    <row r="607" spans="1:4">
+      <c r="A607" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B607" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C607" s="9">
+        <v>3.8</v>
+      </c>
+      <c r="D607" s="7">
+        <v>346775</v>
+      </c>
+    </row>
+    <row r="608" spans="1:4">
+      <c r="A608" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B608" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D608" s="7">
+        <v>14135</v>
+      </c>
+    </row>
+    <row r="609" spans="1:4">
+      <c r="A609" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B609" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C609" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="D609" s="7">
+        <v>144139</v>
+      </c>
+    </row>
+    <row r="610" spans="1:4">
+      <c r="A610" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B610" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C610" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="D610" s="7">
+        <v>288496</v>
+      </c>
+    </row>
+    <row r="611" spans="1:4">
+      <c r="A611" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B611" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C611" s="9">
+        <v>1.9</v>
+      </c>
+      <c r="D611" s="7">
+        <v>175425</v>
+      </c>
+    </row>
+    <row r="612" spans="1:4">
+      <c r="A612" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B612" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C612" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="D612" s="7">
+        <v>313385</v>
+      </c>
+    </row>
+    <row r="613" spans="1:4">
+      <c r="A613" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B613" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C613" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D613" s="7">
+        <v>24959</v>
+      </c>
+    </row>
+    <row r="614" spans="1:4">
+      <c r="A614" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B614" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C614" s="9">
         <v>0.1</v>
       </c>
-      <c r="D15" s="10">
-[...27 lines deleted...]
-      <c r="B17" s="6" t="s">
+      <c r="D614" s="7">
+        <v>12517</v>
+      </c>
+    </row>
+    <row r="615" spans="1:4">
+      <c r="A615" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B615" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C615" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D615" s="7">
+        <v>5582</v>
+      </c>
+    </row>
+    <row r="616" spans="1:4">
+      <c r="A616" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B616" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C17" s="9">
+      <c r="C616" s="9">
+        <v>1.2</v>
+      </c>
+      <c r="D616" s="7">
+        <v>109396</v>
+      </c>
+    </row>
+    <row r="617" spans="1:4">
+      <c r="A617" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B617" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C617" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="D617" s="7">
+        <v>147822</v>
+      </c>
+    </row>
+    <row r="618" spans="1:4">
+      <c r="A618" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B618" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C618" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D618" s="7">
+        <v>19658</v>
+      </c>
+    </row>
+    <row r="619" spans="1:4">
+      <c r="A619" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B619" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C619" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D619" s="7">
+        <v>5716</v>
+      </c>
+    </row>
+    <row r="620" spans="1:4">
+      <c r="A620" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B620" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C620" s="9">
+        <v>0.7</v>
+      </c>
+      <c r="D620" s="7">
+        <v>60859</v>
+      </c>
+    </row>
+    <row r="621" spans="1:4">
+      <c r="A621" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B621" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C621" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D621" s="7">
+        <v>4050</v>
+      </c>
+    </row>
+    <row r="622" spans="1:4">
+      <c r="A622" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B622" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C622" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D622" s="7">
+        <v>16840</v>
+      </c>
+    </row>
+    <row r="623" spans="1:4">
+      <c r="A623" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B623" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C623" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="D623" s="7">
+        <v>13964</v>
+      </c>
+    </row>
+    <row r="624" spans="1:4">
+      <c r="A624" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B624" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C624" s="9">
+        <v>1.5</v>
+      </c>
+      <c r="D624" s="7">
+        <v>138743</v>
+      </c>
+    </row>
+    <row r="625" spans="1:4">
+      <c r="A625" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B625" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C625" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D625" s="7">
+        <v>7629</v>
+      </c>
+    </row>
+    <row r="626" spans="1:4">
+      <c r="A626" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B626" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C626" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D626" s="7">
+        <v>26810</v>
+      </c>
+    </row>
+    <row r="627" spans="1:4">
+      <c r="A627" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B627" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C627" s="9">
         <v>0.9</v>
       </c>
-      <c r="D17" s="10">
-[...183 lines deleted...]
-      <c r="C28" s="9">
+      <c r="D627" s="7">
+        <v>80837</v>
+      </c>
+    </row>
+    <row r="628" spans="1:4">
+      <c r="A628" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B628" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C628" s="9">
         <v>0.2</v>
       </c>
-      <c r="D28" s="10">
-[...146 lines deleted...]
-      <c r="B37" s="6" t="s">
+      <c r="D628" s="7">
+        <v>14527</v>
+      </c>
+    </row>
+    <row r="629" spans="1:4">
+      <c r="A629" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B629" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="C37" s="9">
-[...30 lines deleted...]
-      <c r="B39" s="6" t="s">
+      <c r="C629" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="D629" s="7">
+        <v>26955</v>
+      </c>
+    </row>
+    <row r="630" spans="1:4">
+      <c r="A630" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B630" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C39" s="9" t="s">
-[...13 lines deleted...]
-      <c r="B40" s="6" t="s">
+      <c r="C630" s="9">
+        <v>5.2</v>
+      </c>
+      <c r="D630" s="7">
+        <v>466654</v>
+      </c>
+    </row>
+    <row r="631" spans="1:4">
+      <c r="A631" s="4">
+        <v>2010</v>
+      </c>
+      <c r="B631" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="C40" s="9">
-[...50 lines deleted...]
-      <c r="C43" s="9">
+      <c r="C631" s="9">
         <v>0.5</v>
       </c>
-      <c r="D43" s="10">
-[...9585 lines deleted...]
-      <c r="D630" s="10">
+      <c r="D631" s="7">
         <v>41723</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="a2e065b1-f413-4592-874b-39c3f10b47c4" ContentTypeId="0x010100DDEBB6CC12EF4A079B1186EEFE45A56400E924555CC2C9465C9A717C3C430520D5" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="EDi Document" ma:contentTypeID="0x010100DDEBB6CC12EF4A079B1186EEFE45A56400E924555CC2C9465C9A717C3C430520D50006D17FBCC0A6DA438DCB9D5A6F6FB6B2" ma:contentTypeVersion="947" ma:contentTypeDescription="Any document other than an email or document link" ma:contentTypeScope="" ma:versionID="5175cc5dd2484b4755d5f9833732b37d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="35d7dce1-22dc-4c3f-bf90-aebce6a2395f" xmlns:ns3="565dab77-c9bd-4ee9-8280-673a9b056d0e" xmlns:ns4="dd6704dc-e03f-401a-ab22-0d2e978dbd2d" xmlns:ns5="aa5552d9-4c6a-4bbc-a3e4-b92676e4f309" xmlns:ns6="24aa14e1-d4f8-4fd7-87fd-92df26ed6048" xmlns:ns7="20030cb3-480e-4aec-b1bf-a6d210e83c6c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cfc60e3d56525562f315f2d2fd481631" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="" ns7:_="">
+    <xsd:import namespace="35d7dce1-22dc-4c3f-bf90-aebce6a2395f"/>
+    <xsd:import namespace="565dab77-c9bd-4ee9-8280-673a9b056d0e"/>
+    <xsd:import namespace="dd6704dc-e03f-401a-ab22-0d2e978dbd2d"/>
+    <xsd:import namespace="aa5552d9-4c6a-4bbc-a3e4-b92676e4f309"/>
+    <xsd:import namespace="24aa14e1-d4f8-4fd7-87fd-92df26ed6048"/>
+    <xsd:import namespace="20030cb3-480e-4aec-b1bf-a6d210e83c6c"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:EDi_DocumentDescription" minOccurs="0"/>
+                <xsd:element ref="ns2:c275726743ff40b1bd16afcbde5101e0" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAllLabel" minOccurs="0"/>
+                <xsd:element ref="ns2:EDi_DocumentDate" minOccurs="0"/>
+                <xsd:element ref="ns2:m580224f57af48d5998ad1d627b3f8a6" minOccurs="0"/>
+                <xsd:element ref="ns2:EDi_VitalDocument" minOccurs="0"/>
+                <xsd:element ref="ns2:EDi_BCPDocument" minOccurs="0"/>
+                <xsd:element ref="ns2:CER_DocumentGUID" minOccurs="0"/>
+                <xsd:element ref="ns4:EDi1_DocID" minOccurs="0"/>
+                <xsd:element ref="ns2:jfdbf192cf3e432bae7ead6b01437832" minOccurs="0"/>
+                <xsd:element ref="ns5:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns5:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns5:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns6:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns2:EDi_RecordNumber" minOccurs="0"/>
+                <xsd:element ref="ns2:CER_DLM"/>
+                <xsd:element ref="ns2:CER_FileClassification"/>
+                <xsd:element ref="ns2:CER_FileStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:g1c5c8a5ed744825af876dc81dccc5dd" minOccurs="0"/>
+                <xsd:element ref="ns2:fbf5ba1606af44cc8a6bbbd47132b0ab" minOccurs="0"/>
+                <xsd:element ref="ns5:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns5:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns7:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns7:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns5:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:i0f84bba906045b4af568ee102a52dcb" minOccurs="0"/>
+                <xsd:element ref="ns5:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:aa7cfb7b7c8a4cdc88e464a139bfbbb5" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35d7dce1-22dc-4c3f-bf90-aebce6a2395f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="EDi_DocumentDescription" ma:index="8" nillable="true" ma:displayName="Document Description" ma:description="Document Description" ma:internalName="EDi_DocumentDescription">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="c275726743ff40b1bd16afcbde5101e0" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="c275726743ff40b1bd16afcbde5101e0" ma:taxonomyFieldName="EDi_DocumentKeywords" ma:displayName="Document Keywords" ma:fieldId="{c2757267-43ff-40b1-bd16-afcbde5101e0}" ma:taxonomyMulti="true" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="0e50b7a3-a264-430c-a2e5-e8cb190c5cdc" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="EDi_DocumentDate" ma:index="13" nillable="true" ma:displayName="Document Date" ma:default="[today]" ma:description="Original Date of the Document" ma:format="DateOnly" ma:internalName="EDi_DocumentDate" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="m580224f57af48d5998ad1d627b3f8a6" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="m580224f57af48d5998ad1d627b3f8a6" ma:taxonomyFieldName="CER_Agency" ma:displayName="Agency" ma:fieldId="{6580224f-57af-48d5-998a-d1d627b3f8a6}" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="0f908e50-4941-4432-a5bc-5464d577a362" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="EDi_VitalDocument" ma:index="16" nillable="true" ma:displayName="Vital Document" ma:default="No" ma:description="Is this a vital business document?" ma:format="RadioButtons" ma:internalName="EDi_VitalDocument">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Yes"/>
+          <xsd:enumeration value="No"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="EDi_BCPDocument" ma:index="17" nillable="true" ma:displayName="BCP Document" ma:default="No" ma:description="Is this document required as part of the Business Continuity Plan or Disaster Recovery Strategy?" ma:format="RadioButtons" ma:internalName="EDi_BCPDocument">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Yes"/>
+          <xsd:enumeration value="No"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="CER_DocumentGUID" ma:index="18" nillable="true" ma:displayName="Document GUID" ma:description="CRM Document GUID" ma:hidden="true" ma:internalName="CER_DocumentGUID" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="jfdbf192cf3e432bae7ead6b01437832" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="jfdbf192cf3e432bae7ead6b01437832" ma:taxonomyFieldName="CER_FileKeywords" ma:displayName="File Keywords" ma:default="" ma:fieldId="{3fdbf192-cf3e-432b-ae7e-ad6b01437832}" ma:taxonomyMulti="true" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="0e50b7a3-a264-430c-a2e5-e8cb190c5cdc" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="EDi_RecordNumber" ma:index="25" nillable="true" ma:displayName="Record Number" ma:default="" ma:description="Enter any external reference numbers." ma:internalName="EDi_RecordNumber">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="CER_DLM" ma:index="27" ma:displayName="File DLM" ma:default="None" ma:description="Information management markers and caveats can only be applied to OFFICIAL: Sensitive or PROTECTED information, when necessary." ma:format="RadioButtons" ma:internalName="CER_DLM">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="None"/>
+          <xsd:enumeration value="Personal privacy"/>
+          <xsd:enumeration value="Legal privilege"/>
+          <xsd:enumeration value="Legislative secrecy"/>
+          <xsd:enumeration value="Cabinet"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="CER_FileClassification" ma:index="28" ma:displayName="File Classification" ma:default="OFFICIAL" ma:description="Select the appropriate security classification. The system is rated to maximum of PROTECTED." ma:format="RadioButtons" ma:internalName="CER_FileClassification">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="OFFICIAL"/>
+          <xsd:enumeration value="OFFICIAL: Sensitive"/>
+          <xsd:enumeration value="PROTECTED"/>
+          <xsd:enumeration value="UNOFFICIAL"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="CER_FileStatus" ma:index="29" nillable="true" ma:displayName="File Status" ma:default="Open" ma:format="RadioButtons" ma:internalName="CER_FileStatus">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Open"/>
+          <xsd:enumeration value="Closed"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="g1c5c8a5ed744825af876dc81dccc5dd" ma:index="32" nillable="true" ma:taxonomy="true" ma:internalName="g1c5c8a5ed744825af876dc81dccc5dd" ma:taxonomyFieldName="CER_State" ma:displayName="State" ma:default="" ma:fieldId="{01c5c8a5-ed74-4825-af87-6dc81dccc5dd}" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="a9130a4c-2414-44de-bf19-0a462096b5ec" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="fbf5ba1606af44cc8a6bbbd47132b0ab" ma:index="33" nillable="true" ma:taxonomy="true" ma:internalName="fbf5ba1606af44cc8a6bbbd47132b0ab" ma:taxonomyFieldName="CER_Scheme" ma:displayName="Scheme" ma:default="1;#RET|a9e05a0d-e9cf-41f9-8c8f-424688151957" ma:fieldId="{fbf5ba16-06af-44cc-8a6b-bbd47132b0ab}" ma:taxonomyMulti="true" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="7ff3da5f-6c54-49cc-aabb-e0080ce1ebed" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="i0f84bba906045b4af568ee102a52dcb" ma:index="40" nillable="true" ma:taxonomy="true" ma:internalName="i0f84bba906045b4af568ee102a52dcb" ma:taxonomyFieldName="RevIMBCS" ma:displayName="Record Class" ma:indexed="true" ma:default="" ma:fieldId="{20f84bba-9060-45b4-af56-8ee102a52dcb}" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="60518aca-4dc9-4b56-9553-af4b9ac69072" ma:anchorId="23ecad40-687e-4ef4-89a5-a890483533a2" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="aa7cfb7b7c8a4cdc88e464a139bfbbb5" ma:index="43" nillable="true" ma:taxonomy="true" ma:internalName="aa7cfb7b7c8a4cdc88e464a139bfbbb5" ma:taxonomyFieldName="CER_Client" ma:displayName="Client" ma:default="" ma:fieldId="{aa7cfb7b-7c8a-4cdc-88e4-64a139bfbbb5}" ma:sspId="a2e065b1-f413-4592-874b-39c3f10b47c4" ma:termSetId="19a43a92-e145-45da-907d-30d9c1c24101" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocId" ma:index="44" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="45" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="46" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="565dab77-c9bd-4ee9-8280-673a9b056d0e" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:description="" ma:hidden="true" ma:list="{58803912-6b35-4c75-a75a-391280ebe2f4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAllLabel" ma:index="11" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:hidden="true" ma:list="{58803912-6b35-4c75-a75a-391280ebe2f4}" ma:internalName="TaxCatchAllLabel" ma:readOnly="true" ma:showField="CatchAllDataLabel" ma:web="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dd6704dc-e03f-401a-ab22-0d2e978dbd2d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="EDi1_DocID" ma:index="19" nillable="true" ma:displayName="EDi1_DocID" ma:description="Document ID from EDi v1" ma:hidden="true" ma:internalName="EDi1_DocID" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="aa5552d9-4c6a-4bbc-a3e4-b92676e4f309" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceDateTaken" ma:index="21" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="22" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="23" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="34" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="35" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="38" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="41" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="24aa14e1-d4f8-4fd7-87fd-92df26ed6048" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="24" nillable="true" ma:displayName="EDi1_DocID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl0" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="20030cb3-480e-4aec-b1bf-a6d210e83c6c" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="36" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="37" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <EDi_BCPDocument xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">No</EDi_BCPDocument>
+    <i0f84bba906045b4af568ee102a52dcb xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </i0f84bba906045b4af568ee102a52dcb>
+    <g1c5c8a5ed744825af876dc81dccc5dd xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </g1c5c8a5ed744825af876dc81dccc5dd>
+    <EDi_RecordNumber xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f" xsi:nil="true"/>
+    <CER_FileClassification xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">OFFICIAL</CER_FileClassification>
+    <CER_DocumentGUID xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f" xsi:nil="true"/>
+    <EDi_DocumentDescription xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f" xsi:nil="true"/>
+    <jfdbf192cf3e432bae7ead6b01437832 xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </jfdbf192cf3e432bae7ead6b01437832>
+    <EDi_VitalDocument xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">No</EDi_VitalDocument>
+    <CER_FileStatus xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">Open</CER_FileStatus>
+    <m580224f57af48d5998ad1d627b3f8a6 xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </m580224f57af48d5998ad1d627b3f8a6>
+    <CER_DLM xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">None</CER_DLM>
+    <aa7cfb7b7c8a4cdc88e464a139bfbbb5 xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </aa7cfb7b7c8a4cdc88e464a139bfbbb5>
+    <fbf5ba1606af44cc8a6bbbd47132b0ab xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">RET</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">a9e05a0d-e9cf-41f9-8c8f-424688151957</TermId>
+        </TermInfo>
+      </Terms>
+    </fbf5ba1606af44cc8a6bbbd47132b0ab>
+    <c275726743ff40b1bd16afcbde5101e0 xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </c275726743ff40b1bd16afcbde5101e0>
+    <TaxCatchAll xmlns="565dab77-c9bd-4ee9-8280-673a9b056d0e">
+      <Value>1</Value>
+    </TaxCatchAll>
+    <EDi_DocumentDate xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">2026-03-18T03:49:13+00:00</EDi_DocumentDate>
+    <EDi1_DocID xmlns="dd6704dc-e03f-401a-ab22-0d2e978dbd2d" xsi:nil="true"/>
+    <_dlc_DocId xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">EDIRET-2038697261-442</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="35d7dce1-22dc-4c3f-bf90-aebce6a2395f">
+      <Url>https://cergovau.sharepoint.com/sites/EDi-RET/IndustryAssistance/_layouts/15/DocIdRedir.aspx?ID=EDIRET-2038697261-442</Url>
+      <Description>EDIRET-2038697261-442</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDD28B39-B467-4404-B218-0181A7EB378B}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB6FB218-D800-4144-9078-BFA959D23BFD}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8D1309B-2D3E-42AF-B40A-02CBCFD257B0}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BD2F598-71E5-466B-A4D3-634722FAF6EC}"/>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FE1D028-8AC0-495B-9E3E-21DA3D503596}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...16 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100DDEBB6CC12EF4A079B1186EEFE45A56400E924555CC2C9465C9A717C3C430520D50006D17FBCC0A6DA438DCB9D5A6F6FB6B2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="CER_Scheme">
+    <vt:lpwstr>1;#RET|a9e05a0d-e9cf-41f9-8c8f-424688151957</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="RevIMBCS">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="CER_Client">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="CER_State">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="CER_Agency">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="CER_FileKeywords">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="EDi_DocumentKeywords">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>4b96f657-2f22-4c31-bae8-809a9c6bed43</vt:lpwstr>
+  </property>
+</Properties>
+</file>