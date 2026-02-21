--- v0 (2025-11-08)
+++ v1 (2026-02-21)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D6C3C682-2648-4BBF-8C0F-C0641A5C64A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3994B6DF-C6F6-4F15-8257-5F633662E1F1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22450" yWindow="-6650" windowWidth="38620" windowHeight="21100" tabRatio="398" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-30828" yWindow="-300" windowWidth="30936" windowHeight="16776" tabRatio="398" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2023–24 Baselines and emissions" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -1463,422 +1463,400 @@
   <si>
     <t>Yara Pilbara Fertilisers Pty Ltd</t>
   </si>
   <si>
     <t>ERC</t>
   </si>
   <si>
     <t>2023–24 Baselines and emissions table</t>
   </si>
   <si>
     <t>This spreadsheet contains all information related to designated large facilities and eligible facilities under the Safeguard Mechanism in 2023–24. Some facilities in this table have multiple entries due to more than one responsible emitter having operational control during 2023–24. No covered Safeguard facilities were grid-connected electricity generators in 2023–24.</t>
   </si>
   <si>
     <t>As the facility surrendered 30% or more of its baseline, the required written explanation as to why more carbon abatement did not occur at the facility can be found on the baselines and emissions data page.</t>
   </si>
   <si>
     <t>The facility is covered by a landfill baseline.</t>
   </si>
   <si>
     <t>BARALABA COAL COMPANY PTY LTD</t>
   </si>
   <si>
     <t>Please refer to the excess emissions situation table for more information. Please refer to the Multi-year monitoring period reported emissions data table for more information.</t>
   </si>
   <si>
-    <t>Data as at 6/11/2025</t>
+    <t>Data as at 4/2/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12.5"/>
+      <b/>
+      <sz val="15"/>
+      <color rgb="FF454743"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FF454743"/>
+      <sz val="12.5"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="2" builtinId="3"/>
     <cellStyle name="Heading 1" xfId="1" builtinId="16"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="55">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...4 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
-        <color auto="1"/>
+        <color rgb="FFFF0000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+      <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...4 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
-        <color auto="1"/>
+        <color rgb="FFFF0000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+      <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...4 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
-        <color auto="1"/>
+        <color rgb="FFFF0000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+      <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...4 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
-        <color auto="1"/>
+        <color rgb="FFFF0000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+      <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
@@ -1890,650 +1868,578 @@
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...4 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+      <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...436 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...4 lines deleted...]
-      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
       <fill>
-        <patternFill patternType="none">
+        <patternFill patternType="solid">
           <fgColor indexed="64"/>
-          <bgColor indexed="65"/>
+          <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...4 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
@@ -3032,67 +2938,67 @@
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="data_2023_24_Baselines_and_emissions" displayName="data_2023_24_Baselines_and_emissions" ref="A4:V237" totalsRowShown="0" headerRowDxfId="46" dataDxfId="44" headerRowBorderDxfId="45" headerRowCellStyle="Heading 1">
   <autoFilter ref="A4:V237" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:V237">
     <sortCondition ref="A4:A237"/>
   </sortState>
   <tableColumns count="22">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Facility name" dataDxfId="43" totalsRowDxfId="42"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Responsible emitter" dataDxfId="41" totalsRowDxfId="40"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="State/Territory of operation" dataDxfId="39" totalsRowDxfId="38"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="ANZSIC" dataDxfId="37" totalsRowDxfId="36"/>
     <tableColumn id="8" xr3:uid="{21933EA2-46F8-4726-ADA5-5DC783C4AA43}" name="ERC" dataDxfId="35" totalsRowDxfId="34"/>
-    <tableColumn id="9" xr3:uid="{2203DB0A-1010-49E3-88C0-3DD2A398BC18}" name="Baseline emissions number" dataDxfId="33" totalsRowDxfId="32" dataCellStyle="Comma" totalsRowCellStyle="Comma"/>
-[...15 lines deleted...]
-    <tableColumn id="29" xr3:uid="{16621CE0-F033-4C25-9E87-3D52E79AED79}" name="Notes" dataDxfId="1" totalsRowDxfId="0" totalsRowCellStyle="Comma"/>
+    <tableColumn id="9" xr3:uid="{2203DB0A-1010-49E3-88C0-3DD2A398BC18}" name="Baseline emissions number" dataDxfId="33" totalsRowDxfId="32" dataCellStyle="Comma"/>
+    <tableColumn id="10" xr3:uid="{FB3C4D3F-6B44-4715-9C44-59275CB8EB78}" name="Covered emissions" dataDxfId="31" totalsRowDxfId="30" dataCellStyle="Comma"/>
+    <tableColumn id="11" xr3:uid="{C3D569C5-04B7-441A-AA4E-5CC033E711EE}" name="Borrowing adjustment amount" dataDxfId="29" totalsRowDxfId="28" dataCellStyle="Comma"/>
+    <tableColumn id="12" xr3:uid="{780B10B5-AE2F-4429-AE72-2DCFEB9E650A}" name="ACCUs issued" dataDxfId="27" totalsRowDxfId="26" dataCellStyle="Comma"/>
+    <tableColumn id="13" xr3:uid="{A23857C8-80EE-4346-9325-C4F9ED9A95A3}" name="ACCUs deemed surrendered" dataDxfId="25" totalsRowDxfId="24" dataCellStyle="Comma"/>
+    <tableColumn id="14" xr3:uid="{6FECAC11-FD68-4F71-A5E1-A4D849738E29}" name="ACCUs surrendered" dataDxfId="23" totalsRowDxfId="22" dataCellStyle="Comma"/>
+    <tableColumn id="15" xr3:uid="{F0DB1BFA-EB3B-4846-9238-F643DE4E27DB}" name="SMCs surrendered" dataDxfId="21" totalsRowDxfId="20" dataCellStyle="Comma"/>
+    <tableColumn id="16" xr3:uid="{7D269B2E-6A40-430D-A9DE-0AE9DB417AC6}" name="Net emissions number" dataDxfId="19" totalsRowDxfId="18" dataCellStyle="Comma"/>
+    <tableColumn id="17" xr3:uid="{D4993C6D-33A5-4882-85CA-DF4BD72203FB}" name="Net position number" dataDxfId="17" totalsRowDxfId="16" dataCellStyle="Comma"/>
+    <tableColumn id="24" xr3:uid="{A8558293-E5ED-4DC1-83A7-922C7888BA87}" name="SMCs Issued" dataDxfId="15" totalsRowDxfId="14" dataCellStyle="Comma"/>
+    <tableColumn id="22" xr3:uid="{CEC9BF17-576C-4598-942E-2A37AC0E539F}" name="Cumulative MYMP net emissions number" dataDxfId="13" totalsRowDxfId="12" dataCellStyle="Comma"/>
+    <tableColumn id="23" xr3:uid="{6312E75B-1CA7-40CE-8049-8F557FA98660}" name="Cumulative MYMP net position number" dataDxfId="11" totalsRowDxfId="10" dataCellStyle="Comma"/>
+    <tableColumn id="25" xr3:uid="{8D382D33-7BED-49F9-82A8-FFB6CDB865C1}" name="GHG Carbon Dioxide" dataDxfId="9" totalsRowDxfId="8" dataCellStyle="Comma"/>
+    <tableColumn id="26" xr3:uid="{1A71BC57-4A5B-46AD-9E89-8256F909BAB0}" name="GHG Methane" dataDxfId="7" totalsRowDxfId="6" dataCellStyle="Comma"/>
+    <tableColumn id="27" xr3:uid="{8CA5CF29-4A1F-489A-9F00-8536EFA62260}" name="GHG Nitrous oxide" dataDxfId="5" totalsRowDxfId="4" dataCellStyle="Comma"/>
+    <tableColumn id="28" xr3:uid="{35E068A5-B31C-4FD3-AE2C-5525D17F4C9B}" name="GHG Other" dataDxfId="3" totalsRowDxfId="2" dataCellStyle="Comma"/>
+    <tableColumn id="29" xr3:uid="{16621CE0-F033-4C25-9E87-3D52E79AED79}" name="Notes" dataDxfId="1" totalsRowDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="CER Table" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="CER - 2022 theme">
   <a:themeElements>
     <a:clrScheme name="CER 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="454743"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="9FB76F"/>
       </a:accent1>
       <a:accent2>
@@ -3350,157 +3256,156 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="CER-updated fonts and colours" id="{D0ED4916-A0D3-4FB3-9E63-AD9D1DD4368E}" vid="{A1269B48-6600-4777-8E01-42A1278B1AAE}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:V237"/>
+  <dimension ref="A1:V244"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:V1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="62.7109375" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="24" max="24" width="8.85546875" customWidth="1"/>
+    <col min="1" max="1" width="62.6640625" customWidth="1"/>
+    <col min="2" max="2" width="55.6640625" customWidth="1"/>
+    <col min="3" max="3" width="20.6640625" customWidth="1"/>
+    <col min="4" max="4" width="60.6640625" customWidth="1"/>
+    <col min="5" max="5" width="10.6640625" customWidth="1"/>
+    <col min="6" max="6" width="24.6640625" customWidth="1"/>
+    <col min="7" max="7" width="21.6640625" customWidth="1"/>
+    <col min="8" max="8" width="27.6640625" customWidth="1"/>
+    <col min="9" max="11" width="24.6640625" customWidth="1"/>
+    <col min="12" max="12" width="21.6640625" customWidth="1"/>
+    <col min="13" max="15" width="24.6640625" customWidth="1"/>
+    <col min="16" max="17" width="30.6640625" customWidth="1"/>
+    <col min="18" max="18" width="20.6640625" customWidth="1"/>
+    <col min="19" max="19" width="16.6640625" customWidth="1"/>
+    <col min="20" max="20" width="18.6640625" customWidth="1"/>
+    <col min="21" max="21" width="16.6640625" customWidth="1"/>
+    <col min="22" max="22" width="57.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:22" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="13" t="s">
         <v>471</v>
       </c>
-      <c r="B1" s="10"/>
-[...22 lines deleted...]
-      <c r="A2" s="9" t="s">
+      <c r="B1" s="13"/>
+      <c r="C1" s="13"/>
+      <c r="D1" s="13"/>
+      <c r="E1" s="13"/>
+      <c r="F1" s="13"/>
+      <c r="G1" s="13"/>
+      <c r="H1" s="13"/>
+      <c r="I1" s="13"/>
+      <c r="J1" s="13"/>
+      <c r="K1" s="13"/>
+      <c r="L1" s="13"/>
+      <c r="M1" s="13"/>
+      <c r="N1" s="13"/>
+      <c r="O1" s="13"/>
+      <c r="P1" s="13"/>
+      <c r="Q1" s="13"/>
+      <c r="R1" s="13"/>
+      <c r="S1" s="13"/>
+      <c r="T1" s="13"/>
+      <c r="U1" s="13"/>
+      <c r="V1" s="13"/>
+    </row>
+    <row r="2" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="12" t="s">
         <v>472</v>
       </c>
-      <c r="B2" s="9"/>
-[...22 lines deleted...]
-      <c r="A3" s="8" t="s">
+      <c r="B2" s="12"/>
+      <c r="C2" s="12"/>
+      <c r="D2" s="12"/>
+      <c r="E2" s="12"/>
+      <c r="F2" s="12"/>
+      <c r="G2" s="12"/>
+      <c r="H2" s="12"/>
+      <c r="I2" s="12"/>
+      <c r="J2" s="12"/>
+      <c r="K2" s="12"/>
+      <c r="L2" s="12"/>
+      <c r="M2" s="12"/>
+      <c r="N2" s="12"/>
+      <c r="O2" s="12"/>
+      <c r="P2" s="12"/>
+      <c r="Q2" s="12"/>
+      <c r="R2" s="12"/>
+      <c r="S2" s="12"/>
+      <c r="T2" s="12"/>
+      <c r="U2" s="12"/>
+      <c r="V2" s="12"/>
+    </row>
+    <row r="3" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11" t="s">
         <v>477</v>
       </c>
-      <c r="B3" s="8"/>
-[...21 lines deleted...]
-    <row r="4" spans="1:22" ht="60" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="11"/>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11"/>
+      <c r="G3" s="11"/>
+      <c r="H3" s="11"/>
+      <c r="I3" s="11"/>
+      <c r="J3" s="11"/>
+      <c r="K3" s="11"/>
+      <c r="L3" s="11"/>
+      <c r="M3" s="11"/>
+      <c r="N3" s="11"/>
+      <c r="O3" s="11"/>
+      <c r="P3" s="11"/>
+      <c r="Q3" s="11"/>
+      <c r="R3" s="11"/>
+      <c r="S3" s="11"/>
+      <c r="T3" s="11"/>
+      <c r="U3" s="11"/>
+      <c r="V3" s="11"/>
+    </row>
+    <row r="4" spans="1:22" ht="40.200000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>470</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="I4" s="5" t="s">
@@ -3524,51 +3429,51 @@
       <c r="O4" s="5" t="s">
         <v>13</v>
       </c>
       <c r="P4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="Q4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="R4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="S4" s="5" t="s">
         <v>17</v>
       </c>
       <c r="T4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="U4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="V4" s="5" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="5" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A5" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>24</v>
       </c>
       <c r="E5" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F5" s="1">
         <v>327658</v>
       </c>
       <c r="G5" s="1">
         <v>112867</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="2">
@@ -3592,51 +3497,51 @@
       <c r="O5" s="2">
         <v>0</v>
       </c>
       <c r="P5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R5" s="2">
         <v>3000</v>
       </c>
       <c r="S5" s="2">
         <v>109858</v>
       </c>
       <c r="T5" s="2">
         <v>9</v>
       </c>
       <c r="U5" s="2">
         <v>0</v>
       </c>
       <c r="V5" s="7" t="s">
         <v>474</v>
       </c>
     </row>
-    <row r="6" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A6" s="6" t="s">
         <v>26</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>24</v>
       </c>
       <c r="E6" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F6" s="1">
         <v>350747</v>
       </c>
       <c r="G6" s="1">
         <v>162282</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2">
@@ -3660,51 +3565,51 @@
       <c r="O6" s="2">
         <v>0</v>
       </c>
       <c r="P6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R6" s="2">
         <v>7364</v>
       </c>
       <c r="S6" s="2">
         <v>154859</v>
       </c>
       <c r="T6" s="2">
         <v>59</v>
       </c>
       <c r="U6" s="2">
         <v>0</v>
       </c>
       <c r="V6" s="7" t="s">
         <v>474</v>
       </c>
     </row>
-    <row r="7" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A7" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E7" s="6">
         <v>0.99</v>
       </c>
       <c r="F7" s="1">
         <v>103873</v>
       </c>
       <c r="G7" s="1">
         <v>112841</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2">
@@ -3728,51 +3633,51 @@
       <c r="O7" s="2">
         <v>0</v>
       </c>
       <c r="P7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R7" s="2">
         <v>112730</v>
       </c>
       <c r="S7" s="2">
         <v>76</v>
       </c>
       <c r="T7" s="2">
         <v>35</v>
       </c>
       <c r="U7" s="2">
         <v>0</v>
       </c>
       <c r="V7" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="8" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A8" s="6" t="s">
         <v>32</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E8" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F8" s="1">
         <v>2034870</v>
       </c>
       <c r="G8" s="1">
         <v>2120644</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="2">
@@ -3796,51 +3701,51 @@
       <c r="O8" s="2">
         <v>0</v>
       </c>
       <c r="P8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q8" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R8" s="2">
         <v>2084631</v>
       </c>
       <c r="S8" s="2">
         <v>33993</v>
       </c>
       <c r="T8" s="2">
         <v>1948</v>
       </c>
       <c r="U8" s="2">
         <v>72</v>
       </c>
       <c r="V8" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="9" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E9" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F9" s="1">
         <v>2154439</v>
       </c>
       <c r="G9" s="1">
         <v>1833982</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="2">
@@ -3864,51 +3769,51 @@
       <c r="O9" s="2">
         <v>320457</v>
       </c>
       <c r="P9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q9" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R9" s="2">
         <v>102569</v>
       </c>
       <c r="S9" s="2">
         <v>1731355</v>
       </c>
       <c r="T9" s="2">
         <v>18</v>
       </c>
       <c r="U9" s="2">
         <v>40</v>
       </c>
       <c r="V9" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="10" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F10" s="1">
         <v>108074</v>
       </c>
       <c r="G10" s="1">
         <v>116569</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="2">
@@ -3932,51 +3837,51 @@
       <c r="O10" s="2">
         <v>0</v>
       </c>
       <c r="P10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q10" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R10" s="2">
         <v>105779</v>
       </c>
       <c r="S10" s="2">
         <v>10584</v>
       </c>
       <c r="T10" s="2">
         <v>206</v>
       </c>
       <c r="U10" s="2">
         <v>0</v>
       </c>
       <c r="V10" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="11" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E11" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F11" s="1">
         <v>694935</v>
       </c>
       <c r="G11" s="1">
         <v>512387</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="2">
@@ -4000,51 +3905,51 @@
       <c r="O11" s="2">
         <v>0</v>
       </c>
       <c r="P11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q11" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R11" s="2">
         <v>509852</v>
       </c>
       <c r="S11" s="2">
         <v>728</v>
       </c>
       <c r="T11" s="2">
         <v>1641</v>
       </c>
       <c r="U11" s="2">
         <v>166</v>
       </c>
       <c r="V11" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="12" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:22" s="10" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A12" s="6" t="s">
         <v>45</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F12" s="1">
         <v>166220</v>
       </c>
       <c r="G12" s="1">
         <v>108224</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="2">
@@ -4068,51 +3973,51 @@
       <c r="O12" s="2">
         <v>57996</v>
       </c>
       <c r="P12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R12" s="2">
         <v>100026</v>
       </c>
       <c r="S12" s="2">
         <v>7922</v>
       </c>
       <c r="T12" s="2">
         <v>95</v>
       </c>
       <c r="U12" s="2">
         <v>181</v>
       </c>
       <c r="V12" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="13" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A13" s="6" t="s">
         <v>47</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>48</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E13" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F13" s="1">
         <v>193637</v>
       </c>
       <c r="G13" s="1">
         <v>155650</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="2">
@@ -4136,51 +4041,51 @@
       <c r="O13" s="2">
         <v>37987</v>
       </c>
       <c r="P13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q13" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R13" s="2">
         <v>124138</v>
       </c>
       <c r="S13" s="2">
         <v>31362</v>
       </c>
       <c r="T13" s="2">
         <v>150</v>
       </c>
       <c r="U13" s="2">
         <v>0</v>
       </c>
       <c r="V13" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="14" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A14" s="6" t="s">
         <v>49</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F14" s="1">
         <v>158653</v>
       </c>
       <c r="G14" s="1">
         <v>350750</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="2">
@@ -4204,51 +4109,51 @@
       <c r="O14" s="2">
         <v>0</v>
       </c>
       <c r="P14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q14" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R14" s="2">
         <v>9420</v>
       </c>
       <c r="S14" s="2">
         <v>341315</v>
       </c>
       <c r="T14" s="2">
         <v>11</v>
       </c>
       <c r="U14" s="2">
         <v>4</v>
       </c>
       <c r="V14" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="15" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A15" s="6" t="s">
         <v>51</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>53</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F15" s="1">
         <v>603720</v>
       </c>
       <c r="G15" s="1">
         <v>626369</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="2">
@@ -4272,51 +4177,51 @@
       <c r="O15" s="2">
         <v>0</v>
       </c>
       <c r="P15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q15" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R15" s="2">
         <v>621882</v>
       </c>
       <c r="S15" s="2">
         <v>927</v>
       </c>
       <c r="T15" s="2">
         <v>3560</v>
       </c>
       <c r="U15" s="2">
         <v>0</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="16" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A16" s="6" t="s">
         <v>55</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E16" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F16" s="1">
         <v>187366</v>
       </c>
       <c r="G16" s="1">
         <v>188003</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="2">
@@ -4340,51 +4245,51 @@
       <c r="O16" s="2">
         <v>0</v>
       </c>
       <c r="P16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q16" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R16" s="2">
         <v>2629</v>
       </c>
       <c r="S16" s="2">
         <v>185371</v>
       </c>
       <c r="T16" s="2">
         <v>3</v>
       </c>
       <c r="U16" s="2">
         <v>0</v>
       </c>
       <c r="V16" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="17" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A17" s="6" t="s">
         <v>58</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E17" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F17" s="1">
         <v>119292</v>
       </c>
       <c r="G17" s="1">
         <v>111805</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="2">
@@ -4408,51 +4313,51 @@
       <c r="O17" s="2">
         <v>7487</v>
       </c>
       <c r="P17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q17" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R17" s="2">
         <v>2154</v>
       </c>
       <c r="S17" s="2">
         <v>109650</v>
       </c>
       <c r="T17" s="2">
         <v>1</v>
       </c>
       <c r="U17" s="2">
         <v>0</v>
       </c>
       <c r="V17" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="18" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A18" s="6" t="s">
         <v>60</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E18" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F18" s="1">
         <v>120065</v>
       </c>
       <c r="G18" s="1">
         <v>153917</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="2">
@@ -4476,51 +4381,51 @@
       <c r="O18" s="2">
         <v>0</v>
       </c>
       <c r="P18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q18" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R18" s="2">
         <v>141395</v>
       </c>
       <c r="S18" s="2">
         <v>12366</v>
       </c>
       <c r="T18" s="2">
         <v>155</v>
       </c>
       <c r="U18" s="2">
         <v>1</v>
       </c>
       <c r="V18" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="19" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A19" s="6" t="s">
         <v>61</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>475</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E19" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F19" s="1">
         <v>142165</v>
       </c>
       <c r="G19" s="1">
         <v>138324</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="2">
@@ -4544,51 +4449,51 @@
       <c r="O19" s="2">
         <v>3841</v>
       </c>
       <c r="P19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q19" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R19" s="2">
         <v>89127</v>
       </c>
       <c r="S19" s="2">
         <v>48941</v>
       </c>
       <c r="T19" s="2">
         <v>256</v>
       </c>
       <c r="U19" s="2">
         <v>0</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="20" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A20" s="6" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E20" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F20" s="1">
         <v>161762</v>
       </c>
       <c r="G20" s="1">
         <v>218872</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="2">
@@ -4612,51 +4517,51 @@
       <c r="O20" s="2">
         <v>0</v>
       </c>
       <c r="P20" s="2">
         <v>218872</v>
       </c>
       <c r="Q20" s="1">
         <v>57110</v>
       </c>
       <c r="R20" s="2">
         <v>217940</v>
       </c>
       <c r="S20" s="2">
         <v>307</v>
       </c>
       <c r="T20" s="2">
         <v>621</v>
       </c>
       <c r="U20" s="2">
         <v>4</v>
       </c>
       <c r="V20" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="21" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A21" s="6" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E21" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F21" s="1">
         <v>100000</v>
       </c>
       <c r="G21" s="1">
         <v>145438</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="2">
@@ -4680,51 +4585,51 @@
       <c r="O21" s="2">
         <v>0</v>
       </c>
       <c r="P21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q21" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R21" s="2">
         <v>137169</v>
       </c>
       <c r="S21" s="2">
         <v>7453</v>
       </c>
       <c r="T21" s="2">
         <v>816</v>
       </c>
       <c r="U21" s="2">
         <v>0</v>
       </c>
       <c r="V21" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="22" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A22" s="6" t="s">
         <v>67</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>69</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="6">
         <v>0.99</v>
       </c>
       <c r="F22" s="1">
         <v>353471</v>
       </c>
       <c r="G22" s="1">
         <v>351701</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="2">
@@ -4748,51 +4653,51 @@
       <c r="O22" s="2">
         <v>1770</v>
       </c>
       <c r="P22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q22" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R22" s="2">
         <v>329886</v>
       </c>
       <c r="S22" s="2">
         <v>53</v>
       </c>
       <c r="T22" s="2">
         <v>21</v>
       </c>
       <c r="U22" s="2">
         <v>21741</v>
       </c>
       <c r="V22" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="23" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A23" s="6" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>72</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E23" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F23" s="1">
         <v>519270</v>
       </c>
       <c r="G23" s="1">
         <v>626511</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="2">
@@ -4816,51 +4721,51 @@
       <c r="O23" s="2">
         <v>0</v>
       </c>
       <c r="P23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q23" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R23" s="2">
         <v>213856</v>
       </c>
       <c r="S23" s="2">
         <v>412057</v>
       </c>
       <c r="T23" s="2">
         <v>581</v>
       </c>
       <c r="U23" s="2">
         <v>17</v>
       </c>
       <c r="V23" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="24" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A24" s="6" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E24" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F24" s="1">
         <v>877429</v>
       </c>
       <c r="G24" s="1">
         <v>809431</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="2">
@@ -4884,51 +4789,51 @@
       <c r="O24" s="2">
         <v>29000</v>
       </c>
       <c r="P24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q24" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R24" s="2">
         <v>807422</v>
       </c>
       <c r="S24" s="2">
         <v>425</v>
       </c>
       <c r="T24" s="2">
         <v>1584</v>
       </c>
       <c r="U24" s="2">
         <v>0</v>
       </c>
       <c r="V24" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="25" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A25" s="6" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>75</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E25" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F25" s="1">
         <v>156081</v>
       </c>
       <c r="G25" s="1">
         <v>190372</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="2">
@@ -4952,51 +4857,51 @@
       <c r="O25" s="2">
         <v>0</v>
       </c>
       <c r="P25" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q25" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R25" s="2">
         <v>79800</v>
       </c>
       <c r="S25" s="2">
         <v>110315</v>
       </c>
       <c r="T25" s="2">
         <v>232</v>
       </c>
       <c r="U25" s="2">
         <v>25</v>
       </c>
       <c r="V25" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="26" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A26" s="6" t="s">
         <v>74</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E26" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F26" s="1">
         <v>485780</v>
       </c>
       <c r="G26" s="1">
         <v>531681</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="2">
@@ -5020,51 +4925,51 @@
       <c r="O26" s="2">
         <v>0</v>
       </c>
       <c r="P26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q26" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R26" s="2">
         <v>249529</v>
       </c>
       <c r="S26" s="2">
         <v>281413</v>
       </c>
       <c r="T26" s="2">
         <v>723</v>
       </c>
       <c r="U26" s="2">
         <v>16</v>
       </c>
       <c r="V26" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="27" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A27" s="6" t="s">
         <v>77</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>78</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E27" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F27" s="1">
         <v>206330</v>
       </c>
       <c r="G27" s="1">
         <v>210390</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="2">
@@ -5088,51 +4993,51 @@
       <c r="O27" s="2">
         <v>0</v>
       </c>
       <c r="P27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q27" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R27" s="2">
         <v>209101</v>
       </c>
       <c r="S27" s="2">
         <v>700</v>
       </c>
       <c r="T27" s="2">
         <v>585</v>
       </c>
       <c r="U27" s="2">
         <v>4</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="28" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A28" s="6" t="s">
         <v>79</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E28" s="6">
         <v>0.99</v>
       </c>
       <c r="F28" s="1">
         <v>931303</v>
       </c>
       <c r="G28" s="1">
         <v>921558</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="2">
@@ -5156,51 +5061,51 @@
       <c r="O28" s="2">
         <v>9745</v>
       </c>
       <c r="P28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q28" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R28" s="2">
         <v>881347</v>
       </c>
       <c r="S28" s="2">
         <v>145</v>
       </c>
       <c r="T28" s="2">
         <v>55</v>
       </c>
       <c r="U28" s="2">
         <v>40011</v>
       </c>
       <c r="V28" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="29" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A29" s="6" t="s">
         <v>81</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E29" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F29" s="1">
         <v>185088</v>
       </c>
       <c r="G29" s="1">
         <v>312410</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="2">
@@ -5224,51 +5129,51 @@
       <c r="O29" s="2">
         <v>0</v>
       </c>
       <c r="P29" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q29" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R29" s="2">
         <v>311071</v>
       </c>
       <c r="S29" s="2">
         <v>445</v>
       </c>
       <c r="T29" s="2">
         <v>894</v>
       </c>
       <c r="U29" s="2">
         <v>0</v>
       </c>
       <c r="V29" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="30" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A30" s="6" t="s">
         <v>83</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E30" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F30" s="1">
         <v>142158</v>
       </c>
       <c r="G30" s="1">
         <v>236261</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="2">
@@ -5292,51 +5197,51 @@
       <c r="O30" s="2">
         <v>0</v>
       </c>
       <c r="P30" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q30" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R30" s="2">
         <v>235247</v>
       </c>
       <c r="S30" s="2">
         <v>337</v>
       </c>
       <c r="T30" s="2">
         <v>677</v>
       </c>
       <c r="U30" s="2">
         <v>0</v>
       </c>
       <c r="V30" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="31" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A31" s="6" t="s">
         <v>84</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>85</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E31" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F31" s="1">
         <v>656158</v>
       </c>
       <c r="G31" s="1">
         <v>527889</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="2">
@@ -5360,51 +5265,51 @@
       <c r="O31" s="2">
         <v>128269</v>
       </c>
       <c r="P31" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q31" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R31" s="2">
         <v>290944</v>
       </c>
       <c r="S31" s="2">
         <v>236084</v>
       </c>
       <c r="T31" s="2">
         <v>847</v>
       </c>
       <c r="U31" s="2">
         <v>14</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="32" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A32" s="6" t="s">
         <v>86</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>87</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E32" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F32" s="1">
         <v>165342</v>
       </c>
       <c r="G32" s="1">
         <v>167954</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="2">
@@ -5428,51 +5333,51 @@
       <c r="O32" s="2">
         <v>0</v>
       </c>
       <c r="P32" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q32" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R32" s="2">
         <v>89538</v>
       </c>
       <c r="S32" s="2">
         <v>78153</v>
       </c>
       <c r="T32" s="2">
         <v>262</v>
       </c>
       <c r="U32" s="2">
         <v>1</v>
       </c>
       <c r="V32" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="33" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A33" s="6" t="s">
         <v>88</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>89</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E33" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F33" s="1">
         <v>360395</v>
       </c>
       <c r="G33" s="1">
         <v>432031</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="2">
@@ -5496,51 +5401,51 @@
       <c r="O33" s="2">
         <v>0</v>
       </c>
       <c r="P33" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q33" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R33" s="2">
         <v>214806</v>
       </c>
       <c r="S33" s="2">
         <v>216575</v>
       </c>
       <c r="T33" s="2">
         <v>650</v>
       </c>
       <c r="U33" s="2">
         <v>0</v>
       </c>
       <c r="V33" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="34" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A34" s="6" t="s">
         <v>90</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>91</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E34" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F34" s="1">
         <v>116579</v>
       </c>
       <c r="G34" s="1">
         <v>123595</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="2">
@@ -5564,51 +5469,51 @@
       <c r="O34" s="2">
         <v>0</v>
       </c>
       <c r="P34" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q34" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R34" s="2">
         <v>123232</v>
       </c>
       <c r="S34" s="2">
         <v>230</v>
       </c>
       <c r="T34" s="2">
         <v>113</v>
       </c>
       <c r="U34" s="2">
         <v>20</v>
       </c>
       <c r="V34" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="35" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A35" s="6" t="s">
         <v>92</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>93</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E35" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F35" s="1">
         <v>2070902</v>
       </c>
       <c r="G35" s="1">
         <v>1048254</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="2">
@@ -5632,119 +5537,119 @@
       <c r="O35" s="2">
         <v>1022648</v>
       </c>
       <c r="P35" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q35" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R35" s="2">
         <v>187018</v>
       </c>
       <c r="S35" s="2">
         <v>860620</v>
       </c>
       <c r="T35" s="2">
         <v>550</v>
       </c>
       <c r="U35" s="2">
         <v>66</v>
       </c>
       <c r="V35" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="36" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A36" s="6" t="s">
         <v>94</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>95</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E36" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F36" s="1">
         <v>419085</v>
       </c>
       <c r="G36" s="1">
         <v>589348</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="2">
         <v>0</v>
       </c>
       <c r="J36" s="2">
         <v>0</v>
       </c>
       <c r="K36" s="2">
-        <v>311727</v>
+        <v>546907</v>
       </c>
       <c r="L36" s="2">
         <v>0</v>
       </c>
       <c r="M36" s="2">
-        <v>277621</v>
+        <v>42441</v>
       </c>
       <c r="N36" s="1">
-        <v>-141464</v>
+        <v>-376644</v>
       </c>
       <c r="O36" s="2">
         <v>0</v>
       </c>
       <c r="P36" s="2">
-        <v>2236383</v>
+        <v>2001203</v>
       </c>
       <c r="Q36" s="1">
-        <v>235179</v>
+        <v>-1</v>
       </c>
       <c r="R36" s="2">
         <v>43333</v>
       </c>
       <c r="S36" s="2">
         <v>545831</v>
       </c>
       <c r="T36" s="2">
         <v>181</v>
       </c>
       <c r="U36" s="2">
         <v>3</v>
       </c>
       <c r="V36" s="7" t="s">
         <v>476</v>
       </c>
     </row>
-    <row r="37" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A37" s="6" t="s">
         <v>96</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>97</v>
       </c>
       <c r="C37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E37" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F37" s="1">
         <v>1026479</v>
       </c>
       <c r="G37" s="1">
         <v>675247</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="2">
@@ -5768,51 +5673,51 @@
       <c r="O37" s="2">
         <v>351232</v>
       </c>
       <c r="P37" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q37" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R37" s="2">
         <v>238123</v>
       </c>
       <c r="S37" s="2">
         <v>436436</v>
       </c>
       <c r="T37" s="2">
         <v>688</v>
       </c>
       <c r="U37" s="2">
         <v>0</v>
       </c>
       <c r="V37" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="38" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A38" s="6" t="s">
         <v>98</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>99</v>
       </c>
       <c r="C38" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E38" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F38" s="1">
         <v>103274</v>
       </c>
       <c r="G38" s="1">
         <v>102722</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="2">
@@ -5836,51 +5741,51 @@
       <c r="O38" s="2">
         <v>0</v>
       </c>
       <c r="P38" s="2">
         <v>320194</v>
       </c>
       <c r="Q38" s="2">
         <v>0</v>
       </c>
       <c r="R38" s="2">
         <v>102352</v>
       </c>
       <c r="S38" s="2">
         <v>170</v>
       </c>
       <c r="T38" s="2">
         <v>192</v>
       </c>
       <c r="U38" s="2">
         <v>8</v>
       </c>
       <c r="V38" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="39" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A39" s="6" t="s">
         <v>100</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E39" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F39" s="1">
         <v>254032</v>
       </c>
       <c r="G39" s="1">
         <v>324232</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="2">
@@ -5904,51 +5809,51 @@
       <c r="O39" s="2">
         <v>0</v>
       </c>
       <c r="P39" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q39" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R39" s="2">
         <v>319134</v>
       </c>
       <c r="S39" s="2">
         <v>4174</v>
       </c>
       <c r="T39" s="2">
         <v>910</v>
       </c>
       <c r="U39" s="2">
         <v>14</v>
       </c>
       <c r="V39" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="40" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A40" s="6" t="s">
         <v>101</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C40" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E40" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F40" s="1">
         <v>1015917</v>
       </c>
       <c r="G40" s="1">
         <v>952073</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="2">
@@ -5972,51 +5877,51 @@
       <c r="O40" s="2">
         <v>63844</v>
       </c>
       <c r="P40" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q40" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R40" s="2">
         <v>949944</v>
       </c>
       <c r="S40" s="2">
         <v>265</v>
       </c>
       <c r="T40" s="2">
         <v>1864</v>
       </c>
       <c r="U40" s="2">
         <v>0</v>
       </c>
       <c r="V40" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="41" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A41" s="6" t="s">
         <v>103</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C41" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E41" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F41" s="1">
         <v>100000</v>
       </c>
       <c r="G41" s="1">
         <v>174917</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="2">
@@ -6040,51 +5945,51 @@
       <c r="O41" s="2">
         <v>0</v>
       </c>
       <c r="P41" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q41" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R41" s="2">
         <v>21856</v>
       </c>
       <c r="S41" s="2">
         <v>152959</v>
       </c>
       <c r="T41" s="2">
         <v>101</v>
       </c>
       <c r="U41" s="2">
         <v>1</v>
       </c>
       <c r="V41" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="42" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A42" s="6" t="s">
         <v>105</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>106</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E42" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F42" s="1">
         <v>588821</v>
       </c>
       <c r="G42" s="1">
         <v>588821</v>
       </c>
       <c r="H42" s="2">
         <v>15602</v>
       </c>
       <c r="I42" s="2">
@@ -6108,51 +6013,51 @@
       <c r="O42" s="2">
         <v>0</v>
       </c>
       <c r="P42" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q42" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R42" s="2">
         <v>23771</v>
       </c>
       <c r="S42" s="2">
         <v>565038</v>
       </c>
       <c r="T42" s="2">
         <v>3</v>
       </c>
       <c r="U42" s="2">
         <v>9</v>
       </c>
       <c r="V42" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="43" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A43" s="6" t="s">
         <v>107</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E43" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F43" s="1">
         <v>204507</v>
       </c>
       <c r="G43" s="1">
         <v>227722</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="2">
@@ -6176,51 +6081,51 @@
       <c r="O43" s="2">
         <v>0</v>
       </c>
       <c r="P43" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q43" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R43" s="2">
         <v>227692</v>
       </c>
       <c r="S43" s="2">
         <v>22</v>
       </c>
       <c r="T43" s="2">
         <v>8</v>
       </c>
       <c r="U43" s="2">
         <v>0</v>
       </c>
       <c r="V43" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="44" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A44" s="6" t="s">
         <v>110</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>111</v>
       </c>
       <c r="C44" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E44" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F44" s="1">
         <v>351986</v>
       </c>
       <c r="G44" s="1">
         <v>372251</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="2">
@@ -6244,51 +6149,51 @@
       <c r="O44" s="2">
         <v>0</v>
       </c>
       <c r="P44" s="2">
         <v>372251</v>
       </c>
       <c r="Q44" s="1">
         <v>20265</v>
       </c>
       <c r="R44" s="2">
         <v>370600</v>
       </c>
       <c r="S44" s="2">
         <v>528</v>
       </c>
       <c r="T44" s="2">
         <v>1095</v>
       </c>
       <c r="U44" s="2">
         <v>28</v>
       </c>
       <c r="V44" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="45" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A45" s="6" t="s">
         <v>112</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>113</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E45" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F45" s="1">
         <v>170356</v>
       </c>
       <c r="G45" s="1">
         <v>148835</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="2">
@@ -6312,51 +6217,51 @@
       <c r="O45" s="2">
         <v>21521</v>
       </c>
       <c r="P45" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q45" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R45" s="2">
         <v>148194</v>
       </c>
       <c r="S45" s="2">
         <v>207</v>
       </c>
       <c r="T45" s="2">
         <v>424</v>
       </c>
       <c r="U45" s="2">
         <v>10</v>
       </c>
       <c r="V45" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="46" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A46" s="6" t="s">
         <v>114</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>111</v>
       </c>
       <c r="C46" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E46" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F46" s="1">
         <v>267459</v>
       </c>
       <c r="G46" s="1">
         <v>295132</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="2">
@@ -6380,51 +6285,51 @@
       <c r="O46" s="2">
         <v>0</v>
       </c>
       <c r="P46" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q46" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R46" s="2">
         <v>293833</v>
       </c>
       <c r="S46" s="2">
         <v>419</v>
       </c>
       <c r="T46" s="2">
         <v>865</v>
       </c>
       <c r="U46" s="2">
         <v>15</v>
       </c>
       <c r="V46" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="47" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A47" s="6" t="s">
         <v>115</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E47" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F47" s="1">
         <v>671653</v>
       </c>
       <c r="G47" s="1">
         <v>657038</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="2">
@@ -6448,51 +6353,51 @@
       <c r="O47" s="2">
         <v>14615</v>
       </c>
       <c r="P47" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q47" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R47" s="2">
         <v>656499</v>
       </c>
       <c r="S47" s="2">
         <v>396</v>
       </c>
       <c r="T47" s="2">
         <v>134</v>
       </c>
       <c r="U47" s="2">
         <v>9</v>
       </c>
       <c r="V47" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="48" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A48" s="6" t="s">
         <v>116</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>117</v>
       </c>
       <c r="C48" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E48" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F48" s="1">
         <v>100000</v>
       </c>
       <c r="G48" s="1">
         <v>69982</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="2">
@@ -6516,51 +6421,51 @@
       <c r="O48" s="2">
         <v>1899</v>
       </c>
       <c r="P48" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q48" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R48" s="2">
         <v>66959</v>
       </c>
       <c r="S48" s="2">
         <v>2834</v>
       </c>
       <c r="T48" s="2">
         <v>187</v>
       </c>
       <c r="U48" s="2">
         <v>2</v>
       </c>
       <c r="V48" s="7" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="49" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A49" s="6" t="s">
         <v>119</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C49" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E49" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F49" s="1">
         <v>367391</v>
       </c>
       <c r="G49" s="1">
         <v>263344</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="2">
@@ -6584,51 +6489,51 @@
       <c r="O49" s="2">
         <v>104047</v>
       </c>
       <c r="P49" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q49" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R49" s="2">
         <v>167863</v>
       </c>
       <c r="S49" s="2">
         <v>94946</v>
       </c>
       <c r="T49" s="2">
         <v>287</v>
       </c>
       <c r="U49" s="2">
         <v>248</v>
       </c>
       <c r="V49" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="50" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A50" s="6" t="s">
         <v>121</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>122</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E50" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F50" s="1">
         <v>100000</v>
       </c>
       <c r="G50" s="1">
         <v>98801</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="2">
@@ -6652,51 +6557,51 @@
       <c r="O50" s="2">
         <v>0</v>
       </c>
       <c r="P50" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q50" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R50" s="2">
         <v>5079</v>
       </c>
       <c r="S50" s="2">
         <v>93714</v>
       </c>
       <c r="T50" s="2">
         <v>8</v>
       </c>
       <c r="U50" s="2">
         <v>0</v>
       </c>
       <c r="V50" s="7" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="51" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A51" s="6" t="s">
         <v>123</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>124</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E51" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F51" s="1">
         <v>219678</v>
       </c>
       <c r="G51" s="1">
         <v>235397</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="2">
@@ -6720,51 +6625,51 @@
       <c r="O51" s="2">
         <v>0</v>
       </c>
       <c r="P51" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q51" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R51" s="2">
         <v>116833</v>
       </c>
       <c r="S51" s="2">
         <v>118226</v>
       </c>
       <c r="T51" s="2">
         <v>333</v>
       </c>
       <c r="U51" s="2">
         <v>5</v>
       </c>
       <c r="V51" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="52" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A52" s="6" t="s">
         <v>125</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>126</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E52" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F52" s="1">
         <v>148711</v>
       </c>
       <c r="G52" s="1">
         <v>82450</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="2">
@@ -6788,51 +6693,51 @@
       <c r="O52" s="2">
         <v>0</v>
       </c>
       <c r="P52" s="2">
         <v>287978</v>
       </c>
       <c r="Q52" s="1">
         <v>-60733</v>
       </c>
       <c r="R52" s="2">
         <v>82078</v>
       </c>
       <c r="S52" s="2">
         <v>118</v>
       </c>
       <c r="T52" s="2">
         <v>248</v>
       </c>
       <c r="U52" s="2">
         <v>6</v>
       </c>
       <c r="V52" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="53" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A53" s="6" t="s">
         <v>127</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>128</v>
       </c>
       <c r="C53" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>129</v>
       </c>
       <c r="E53" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F53" s="1">
         <v>734581</v>
       </c>
       <c r="G53" s="1">
         <v>671716</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="2">
@@ -6856,51 +6761,51 @@
       <c r="O53" s="2">
         <v>62865</v>
       </c>
       <c r="P53" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q53" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R53" s="2">
         <v>520542</v>
       </c>
       <c r="S53" s="2">
         <v>353</v>
       </c>
       <c r="T53" s="2">
         <v>150815</v>
       </c>
       <c r="U53" s="2">
         <v>6</v>
       </c>
       <c r="V53" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="54" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A54" s="6" t="s">
         <v>130</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>131</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>132</v>
       </c>
       <c r="E54" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F54" s="1">
         <v>115700</v>
       </c>
       <c r="G54" s="1">
         <v>112173</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="2">
@@ -6924,51 +6829,51 @@
       <c r="O54" s="2">
         <v>3527</v>
       </c>
       <c r="P54" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q54" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R54" s="2">
         <v>111387</v>
       </c>
       <c r="S54" s="2">
         <v>159</v>
       </c>
       <c r="T54" s="2">
         <v>627</v>
       </c>
       <c r="U54" s="2">
         <v>0</v>
       </c>
       <c r="V54" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="55" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A55" s="6" t="s">
         <v>133</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>134</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E55" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F55" s="1">
         <v>598727</v>
       </c>
       <c r="G55" s="1">
         <v>909433</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="2">
@@ -6992,51 +6897,51 @@
       <c r="O55" s="2">
         <v>0</v>
       </c>
       <c r="P55" s="2">
         <v>909433</v>
       </c>
       <c r="Q55" s="1">
         <v>310706</v>
       </c>
       <c r="R55" s="2">
         <v>418985</v>
       </c>
       <c r="S55" s="2">
         <v>489225</v>
       </c>
       <c r="T55" s="2">
         <v>1205</v>
       </c>
       <c r="U55" s="2">
         <v>18</v>
       </c>
       <c r="V55" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="56" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A56" s="6" t="s">
         <v>135</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>136</v>
       </c>
       <c r="C56" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E56" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F56" s="1">
         <v>1695720</v>
       </c>
       <c r="G56" s="1">
         <v>1635447</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="2">
@@ -7060,51 +6965,51 @@
       <c r="O56" s="2">
         <v>60273</v>
       </c>
       <c r="P56" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q56" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R56" s="2">
         <v>1574689</v>
       </c>
       <c r="S56" s="2">
         <v>59751</v>
       </c>
       <c r="T56" s="2">
         <v>1006</v>
       </c>
       <c r="U56" s="2">
         <v>1</v>
       </c>
       <c r="V56" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="57" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A57" s="6" t="s">
         <v>137</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>138</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>139</v>
       </c>
       <c r="E57" s="6">
         <v>0.99</v>
       </c>
       <c r="F57" s="1">
         <v>100000</v>
       </c>
       <c r="G57" s="1">
         <v>107278</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="2">
@@ -7128,51 +7033,51 @@
       <c r="O57" s="2">
         <v>0</v>
       </c>
       <c r="P57" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q57" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R57" s="2">
         <v>107072</v>
       </c>
       <c r="S57" s="2">
         <v>158</v>
       </c>
       <c r="T57" s="2">
         <v>48</v>
       </c>
       <c r="U57" s="2">
         <v>0</v>
       </c>
       <c r="V57" s="7" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="58" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A58" s="6" t="s">
         <v>141</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>142</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E58" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F58" s="1">
         <v>100000</v>
       </c>
       <c r="G58" s="1">
         <v>241538</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="2">
@@ -7196,187 +7101,187 @@
       <c r="O58" s="2">
         <v>0</v>
       </c>
       <c r="P58" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q58" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R58" s="2">
         <v>207289</v>
       </c>
       <c r="S58" s="2">
         <v>33794</v>
       </c>
       <c r="T58" s="2">
         <v>455</v>
       </c>
       <c r="U58" s="2">
         <v>0</v>
       </c>
       <c r="V58" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="59" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A59" s="6" t="s">
         <v>143</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>144</v>
+        <v>76</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E59" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F59" s="1">
-        <v>57106</v>
+        <v>177734</v>
       </c>
       <c r="G59" s="1">
-        <v>53753</v>
+        <v>161798</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="2">
         <v>0</v>
       </c>
       <c r="J59" s="2">
         <v>0</v>
       </c>
       <c r="K59" s="2">
         <v>0</v>
       </c>
       <c r="L59" s="2">
         <v>0</v>
       </c>
       <c r="M59" s="2">
-        <v>53753</v>
+        <v>161798</v>
       </c>
       <c r="N59" s="1">
-        <v>-3353</v>
+        <v>-15936</v>
       </c>
       <c r="O59" s="2">
-        <v>3353</v>
+        <v>15936</v>
       </c>
       <c r="P59" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q59" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R59" s="2">
-        <v>42051</v>
+        <v>126582</v>
       </c>
       <c r="S59" s="2">
-        <v>11570</v>
+        <v>34848</v>
       </c>
       <c r="T59" s="2">
-        <v>120</v>
+        <v>360</v>
       </c>
       <c r="U59" s="2">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="V59" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="60" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:22" s="10" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A60" s="6" t="s">
         <v>143</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>76</v>
+        <v>144</v>
       </c>
       <c r="C60" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E60" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F60" s="1">
-        <v>177734</v>
+        <v>57106</v>
       </c>
       <c r="G60" s="1">
-        <v>161798</v>
+        <v>53753</v>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
       <c r="I60" s="2">
         <v>0</v>
       </c>
       <c r="J60" s="2">
         <v>0</v>
       </c>
       <c r="K60" s="2">
         <v>0</v>
       </c>
       <c r="L60" s="2">
         <v>0</v>
       </c>
       <c r="M60" s="2">
-        <v>161798</v>
+        <v>53753</v>
       </c>
       <c r="N60" s="1">
-        <v>-15936</v>
+        <v>-3353</v>
       </c>
       <c r="O60" s="2">
-        <v>15936</v>
+        <v>3353</v>
       </c>
       <c r="P60" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q60" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R60" s="2">
-        <v>126582</v>
+        <v>42051</v>
       </c>
       <c r="S60" s="2">
-        <v>34848</v>
+        <v>11570</v>
       </c>
       <c r="T60" s="2">
-        <v>360</v>
+        <v>120</v>
       </c>
       <c r="U60" s="2">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="V60" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="61" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A61" s="6" t="s">
         <v>145</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>146</v>
       </c>
       <c r="C61" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E61" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F61" s="1">
         <v>485823</v>
       </c>
       <c r="G61" s="1">
         <v>538741</v>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
       <c r="I61" s="2">
@@ -7400,51 +7305,51 @@
       <c r="O61" s="2">
         <v>0</v>
       </c>
       <c r="P61" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q61" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R61" s="2">
         <v>265182</v>
       </c>
       <c r="S61" s="2">
         <v>272759</v>
       </c>
       <c r="T61" s="2">
         <v>764</v>
       </c>
       <c r="U61" s="2">
         <v>36</v>
       </c>
       <c r="V61" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="62" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A62" s="6" t="s">
         <v>147</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>148</v>
       </c>
       <c r="C62" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>149</v>
       </c>
       <c r="E62" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F62" s="1">
         <v>241857</v>
       </c>
       <c r="G62" s="1">
         <v>250024</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="2">
@@ -7468,51 +7373,51 @@
       <c r="O62" s="2">
         <v>0</v>
       </c>
       <c r="P62" s="2">
         <v>517202</v>
       </c>
       <c r="Q62" s="1">
         <v>28983</v>
       </c>
       <c r="R62" s="2">
         <v>213269.99999999997</v>
       </c>
       <c r="S62" s="2">
         <v>36621</v>
       </c>
       <c r="T62" s="2">
         <v>133</v>
       </c>
       <c r="U62" s="2">
         <v>0</v>
       </c>
       <c r="V62" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="63" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A63" s="6" t="s">
         <v>150</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>151</v>
       </c>
       <c r="C63" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E63" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F63" s="1">
         <v>143922</v>
       </c>
       <c r="G63" s="1">
         <v>379997</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="2">
@@ -7536,51 +7441,51 @@
       <c r="O63" s="2">
         <v>0</v>
       </c>
       <c r="P63" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q63" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R63" s="2">
         <v>93618</v>
       </c>
       <c r="S63" s="2">
         <v>286355</v>
       </c>
       <c r="T63" s="2">
         <v>18</v>
       </c>
       <c r="U63" s="2">
         <v>6</v>
       </c>
       <c r="V63" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="64" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A64" s="6" t="s">
         <v>152</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E64" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F64" s="1">
         <v>100000</v>
       </c>
       <c r="G64" s="1">
         <v>93193</v>
       </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="2">
@@ -7604,51 +7509,51 @@
       <c r="O64" s="2">
         <v>2264</v>
       </c>
       <c r="P64" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q64" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R64" s="2">
         <v>93110</v>
       </c>
       <c r="S64" s="2">
         <v>62</v>
       </c>
       <c r="T64" s="2">
         <v>21</v>
       </c>
       <c r="U64" s="2">
         <v>0</v>
       </c>
       <c r="V64" s="7" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="65" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A65" s="6" t="s">
         <v>153</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>154</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E65" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F65" s="1">
         <v>233185</v>
       </c>
       <c r="G65" s="1">
         <v>244064</v>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
       <c r="I65" s="2">
@@ -7672,119 +7577,119 @@
       <c r="O65" s="2">
         <v>0</v>
       </c>
       <c r="P65" s="2">
         <v>635647</v>
       </c>
       <c r="Q65" s="2">
         <v>0</v>
       </c>
       <c r="R65" s="2">
         <v>82742</v>
       </c>
       <c r="S65" s="2">
         <v>161084</v>
       </c>
       <c r="T65" s="2">
         <v>238</v>
       </c>
       <c r="U65" s="2">
         <v>0</v>
       </c>
       <c r="V65" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="66" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A66" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>156</v>
       </c>
       <c r="C66" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E66" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F66" s="1">
         <v>175908</v>
       </c>
       <c r="G66" s="1">
         <v>155772</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="2">
         <v>0</v>
       </c>
       <c r="J66" s="2">
         <v>0</v>
       </c>
       <c r="K66" s="2">
         <v>0</v>
       </c>
       <c r="L66" s="2">
         <v>0</v>
       </c>
       <c r="M66" s="2">
         <v>155772</v>
       </c>
       <c r="N66" s="1">
         <v>-20136</v>
       </c>
       <c r="O66" s="2">
-        <v>-20136</v>
+        <v>20136</v>
       </c>
       <c r="P66" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q66" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R66" s="2">
         <v>155091</v>
       </c>
       <c r="S66" s="2">
         <v>218</v>
       </c>
       <c r="T66" s="2">
         <v>463</v>
       </c>
       <c r="U66" s="2">
         <v>0</v>
       </c>
       <c r="V66" s="2" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="67" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A67" s="6" t="s">
         <v>157</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>158</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>159</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E67" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F67" s="1">
         <v>100000</v>
       </c>
       <c r="G67" s="1">
         <v>80003</v>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
       <c r="I67" s="2">
@@ -7808,51 +7713,51 @@
       <c r="O67" s="2">
         <v>0</v>
       </c>
       <c r="P67" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q67" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R67" s="2">
         <v>70262</v>
       </c>
       <c r="S67" s="2">
         <v>9700</v>
       </c>
       <c r="T67" s="2">
         <v>41</v>
       </c>
       <c r="U67" s="2">
         <v>0</v>
       </c>
       <c r="V67" s="7" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="68" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A68" s="6" t="s">
         <v>160</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>161</v>
       </c>
       <c r="C68" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E68" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F68" s="1">
         <v>135777</v>
       </c>
       <c r="G68" s="1">
         <v>164894</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="2">
@@ -7876,51 +7781,51 @@
       <c r="O68" s="2">
         <v>0</v>
       </c>
       <c r="P68" s="2">
         <v>164894</v>
       </c>
       <c r="Q68" s="1">
         <v>29117</v>
       </c>
       <c r="R68" s="2">
         <v>164172</v>
       </c>
       <c r="S68" s="2">
         <v>235</v>
       </c>
       <c r="T68" s="2">
         <v>487</v>
       </c>
       <c r="U68" s="2">
         <v>0</v>
       </c>
       <c r="V68" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="69" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A69" s="6" t="s">
         <v>162</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>163</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E69" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F69" s="1">
         <v>272747</v>
       </c>
       <c r="G69" s="1">
         <v>254139</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="2">
@@ -7944,51 +7849,51 @@
       <c r="O69" s="2">
         <v>18608</v>
       </c>
       <c r="P69" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q69" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R69" s="2">
         <v>41449</v>
       </c>
       <c r="S69" s="2">
         <v>212587</v>
       </c>
       <c r="T69" s="2">
         <v>98</v>
       </c>
       <c r="U69" s="2">
         <v>5</v>
       </c>
       <c r="V69" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="70" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A70" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C70" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E70" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F70" s="1">
         <v>289078</v>
       </c>
       <c r="G70" s="1">
         <v>214228</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="2">
@@ -8012,51 +7917,51 @@
       <c r="O70" s="2">
         <v>74850</v>
       </c>
       <c r="P70" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q70" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R70" s="2">
         <v>179607</v>
       </c>
       <c r="S70" s="2">
         <v>34130</v>
       </c>
       <c r="T70" s="2">
         <v>214</v>
       </c>
       <c r="U70" s="2">
         <v>277</v>
       </c>
       <c r="V70" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="71" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A71" s="6" t="s">
         <v>165</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>166</v>
       </c>
       <c r="C71" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E71" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F71" s="1">
         <v>136847</v>
       </c>
       <c r="G71" s="1">
         <v>229779</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="2">
@@ -8080,51 +7985,51 @@
       <c r="O71" s="2">
         <v>0</v>
       </c>
       <c r="P71" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q71" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R71" s="2">
         <v>228758</v>
       </c>
       <c r="S71" s="2">
         <v>333</v>
       </c>
       <c r="T71" s="2">
         <v>663</v>
       </c>
       <c r="U71" s="2">
         <v>25</v>
       </c>
       <c r="V71" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="72" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A72" s="6" t="s">
         <v>167</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>168</v>
       </c>
       <c r="C72" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E72" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F72" s="1">
         <v>1597242</v>
       </c>
       <c r="G72" s="1">
         <v>1582237</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="2">
@@ -8148,51 +8053,51 @@
       <c r="O72" s="2">
         <v>15005</v>
       </c>
       <c r="P72" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q72" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R72" s="2">
         <v>1580505</v>
       </c>
       <c r="S72" s="2">
         <v>294</v>
       </c>
       <c r="T72" s="2">
         <v>1438</v>
       </c>
       <c r="U72" s="2">
         <v>0</v>
       </c>
       <c r="V72" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="73" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A73" s="6" t="s">
         <v>169</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>170</v>
       </c>
       <c r="C73" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E73" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F73" s="1">
         <v>2929109</v>
       </c>
       <c r="G73" s="1">
         <v>1851848</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="2">
@@ -8216,51 +8121,51 @@
       <c r="O73" s="2">
         <v>1077261</v>
       </c>
       <c r="P73" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q73" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R73" s="2">
         <v>1685154</v>
       </c>
       <c r="S73" s="2">
         <v>163960</v>
       </c>
       <c r="T73" s="2">
         <v>2717</v>
       </c>
       <c r="U73" s="2">
         <v>17</v>
       </c>
       <c r="V73" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="74" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A74" s="6" t="s">
         <v>171</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>172</v>
       </c>
       <c r="C74" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E74" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F74" s="1">
         <v>215614</v>
       </c>
       <c r="G74" s="1">
         <v>265558</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="2">
@@ -8284,51 +8189,51 @@
       <c r="O74" s="2">
         <v>0</v>
       </c>
       <c r="P74" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q74" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R74" s="2">
         <v>160203</v>
       </c>
       <c r="S74" s="2">
         <v>104892</v>
       </c>
       <c r="T74" s="2">
         <v>463</v>
       </c>
       <c r="U74" s="2">
         <v>0</v>
       </c>
       <c r="V74" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="75" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A75" s="6" t="s">
         <v>173</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>174</v>
       </c>
       <c r="C75" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>175</v>
       </c>
       <c r="E75" s="6">
         <v>0.99</v>
       </c>
       <c r="F75" s="1">
         <v>906089</v>
       </c>
       <c r="G75" s="1">
         <v>1051228</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="2">
@@ -8352,51 +8257,51 @@
       <c r="O75" s="2">
         <v>0</v>
       </c>
       <c r="P75" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q75" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R75" s="2">
         <v>1039505</v>
       </c>
       <c r="S75" s="2">
         <v>8662</v>
       </c>
       <c r="T75" s="2">
         <v>1793</v>
       </c>
       <c r="U75" s="2">
         <v>1268</v>
       </c>
       <c r="V75" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="76" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A76" s="6" t="s">
         <v>176</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>177</v>
       </c>
       <c r="C76" s="6" t="s">
         <v>142</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E76" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F76" s="1">
         <v>142343</v>
       </c>
       <c r="G76" s="1">
         <v>174512</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="2">
@@ -8420,51 +8325,51 @@
       <c r="O76" s="2">
         <v>0</v>
       </c>
       <c r="P76" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q76" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R76" s="2">
         <v>173390</v>
       </c>
       <c r="S76" s="2">
         <v>93</v>
       </c>
       <c r="T76" s="2">
         <v>1012</v>
       </c>
       <c r="U76" s="2">
         <v>17</v>
       </c>
       <c r="V76" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="77" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A77" s="6" t="s">
         <v>178</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>179</v>
       </c>
       <c r="C77" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>129</v>
       </c>
       <c r="E77" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F77" s="1">
         <v>100000</v>
       </c>
       <c r="G77" s="1">
         <v>170</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="2">
@@ -8488,51 +8393,51 @@
       <c r="O77" s="2">
         <v>0</v>
       </c>
       <c r="P77" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q77" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R77" s="2">
         <v>170</v>
       </c>
       <c r="S77" s="2">
         <v>0</v>
       </c>
       <c r="T77" s="2">
         <v>0</v>
       </c>
       <c r="U77" s="2">
         <v>0</v>
       </c>
       <c r="V77" s="7" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="78" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A78" s="6" t="s">
         <v>180</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>181</v>
       </c>
       <c r="C78" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E78" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F78" s="1">
         <v>1349503</v>
       </c>
       <c r="G78" s="1">
         <v>1505497</v>
       </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
       <c r="I78" s="2">
@@ -8556,51 +8461,51 @@
       <c r="O78" s="2">
         <v>0</v>
       </c>
       <c r="P78" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q78" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R78" s="2">
         <v>1385663</v>
       </c>
       <c r="S78" s="2">
         <v>117174</v>
       </c>
       <c r="T78" s="2">
         <v>2659</v>
       </c>
       <c r="U78" s="2">
         <v>1</v>
       </c>
       <c r="V78" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="79" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A79" s="6" t="s">
         <v>182</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>183</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>149</v>
       </c>
       <c r="E79" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F79" s="1">
         <v>107870</v>
       </c>
       <c r="G79" s="1">
         <v>114123</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="2">
@@ -8624,51 +8529,51 @@
       <c r="O79" s="2">
         <v>0</v>
       </c>
       <c r="P79" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q79" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R79" s="2">
         <v>92443</v>
       </c>
       <c r="S79" s="2">
         <v>21625</v>
       </c>
       <c r="T79" s="2">
         <v>55</v>
       </c>
       <c r="U79" s="2">
         <v>0</v>
       </c>
       <c r="V79" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="80" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A80" s="6" t="s">
         <v>184</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E80" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F80" s="1">
         <v>1015171</v>
       </c>
       <c r="G80" s="1">
         <v>1257022</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="2">
@@ -8692,51 +8597,51 @@
       <c r="O80" s="2">
         <v>0</v>
       </c>
       <c r="P80" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q80" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R80" s="2">
         <v>498368</v>
       </c>
       <c r="S80" s="2">
         <v>757040</v>
       </c>
       <c r="T80" s="2">
         <v>1437</v>
       </c>
       <c r="U80" s="2">
         <v>177</v>
       </c>
       <c r="V80" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="81" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A81" s="6" t="s">
         <v>185</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>186</v>
       </c>
       <c r="C81" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E81" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F81" s="1">
         <v>9191453</v>
       </c>
       <c r="G81" s="1">
         <v>8802650</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="2">
@@ -8760,51 +8665,51 @@
       <c r="O81" s="2">
         <v>388803</v>
       </c>
       <c r="P81" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q81" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R81" s="2">
         <v>8573524</v>
       </c>
       <c r="S81" s="2">
         <v>221742</v>
       </c>
       <c r="T81" s="2">
         <v>6777</v>
       </c>
       <c r="U81" s="2">
         <v>607</v>
       </c>
       <c r="V81" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="82" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A82" s="6" t="s">
         <v>187</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>188</v>
       </c>
       <c r="C82" s="6" t="s">
         <v>142</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E82" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F82" s="1">
         <v>114808</v>
       </c>
       <c r="G82" s="1">
         <v>133829</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="2">
@@ -8828,51 +8733,51 @@
       <c r="O82" s="2">
         <v>0</v>
       </c>
       <c r="P82" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q82" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R82" s="2">
         <v>133234</v>
       </c>
       <c r="S82" s="2">
         <v>191</v>
       </c>
       <c r="T82" s="2">
         <v>392</v>
       </c>
       <c r="U82" s="2">
         <v>12</v>
       </c>
       <c r="V82" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="83" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A83" s="6" t="s">
         <v>189</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>190</v>
       </c>
       <c r="C83" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E83" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F83" s="1">
         <v>111619</v>
       </c>
       <c r="G83" s="1">
         <v>113783</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="2">
@@ -8896,51 +8801,51 @@
       <c r="O83" s="2">
         <v>0</v>
       </c>
       <c r="P83" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q83" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R83" s="2">
         <v>113414</v>
       </c>
       <c r="S83" s="2">
         <v>206</v>
       </c>
       <c r="T83" s="2">
         <v>162</v>
       </c>
       <c r="U83" s="2">
         <v>1</v>
       </c>
       <c r="V83" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="84" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A84" s="6" t="s">
         <v>191</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>192</v>
       </c>
       <c r="C84" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E84" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F84" s="1">
         <v>100000</v>
       </c>
       <c r="G84" s="1">
         <v>104303</v>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
       <c r="I84" s="2">
@@ -8964,51 +8869,51 @@
       <c r="O84" s="2">
         <v>0</v>
       </c>
       <c r="P84" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q84" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R84" s="2">
         <v>103789</v>
       </c>
       <c r="S84" s="2">
         <v>148</v>
       </c>
       <c r="T84" s="2">
         <v>324</v>
       </c>
       <c r="U84" s="2">
         <v>42</v>
       </c>
       <c r="V84" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="85" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A85" s="6" t="s">
         <v>193</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>194</v>
       </c>
       <c r="C85" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E85" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F85" s="1">
         <v>1717249</v>
       </c>
       <c r="G85" s="1">
         <v>1094252</v>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
       <c r="I85" s="2">
@@ -9032,51 +8937,51 @@
       <c r="O85" s="2">
         <v>622997</v>
       </c>
       <c r="P85" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q85" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R85" s="2">
         <v>217351</v>
       </c>
       <c r="S85" s="2">
         <v>875827</v>
       </c>
       <c r="T85" s="2">
         <v>1051</v>
       </c>
       <c r="U85" s="2">
         <v>23</v>
       </c>
       <c r="V85" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="86" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A86" s="6" t="s">
         <v>195</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>196</v>
       </c>
       <c r="C86" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E86" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F86" s="1">
         <v>186298</v>
       </c>
       <c r="G86" s="1">
         <v>204627</v>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
       <c r="I86" s="2">
@@ -9100,51 +9005,51 @@
       <c r="O86" s="2">
         <v>0</v>
       </c>
       <c r="P86" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q86" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R86" s="2">
         <v>203981</v>
       </c>
       <c r="S86" s="2">
         <v>358</v>
       </c>
       <c r="T86" s="2">
         <v>288</v>
       </c>
       <c r="U86" s="2">
         <v>0</v>
       </c>
       <c r="V86" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="87" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:22" s="10" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A87" s="6" t="s">
         <v>197</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>198</v>
       </c>
       <c r="C87" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E87" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F87" s="1">
         <v>604067</v>
       </c>
       <c r="G87" s="1">
         <v>129676</v>
       </c>
       <c r="H87" s="2">
         <v>0</v>
       </c>
       <c r="I87" s="2">
@@ -9168,51 +9073,51 @@
       <c r="O87" s="2">
         <v>474391</v>
       </c>
       <c r="P87" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q87" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R87" s="2">
         <v>129122</v>
       </c>
       <c r="S87" s="2">
         <v>184</v>
       </c>
       <c r="T87" s="2">
         <v>370</v>
       </c>
       <c r="U87" s="2">
         <v>0</v>
       </c>
       <c r="V87" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="88" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A88" s="6" t="s">
         <v>199</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>200</v>
       </c>
       <c r="C88" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E88" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F88" s="1">
         <v>1189092</v>
       </c>
       <c r="G88" s="1">
         <v>1381195</v>
       </c>
       <c r="H88" s="2">
         <v>0</v>
       </c>
       <c r="I88" s="2">
@@ -9236,51 +9141,51 @@
       <c r="O88" s="2">
         <v>0</v>
       </c>
       <c r="P88" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q88" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R88" s="2">
         <v>317301</v>
       </c>
       <c r="S88" s="2">
         <v>1062986</v>
       </c>
       <c r="T88" s="2">
         <v>891</v>
       </c>
       <c r="U88" s="2">
         <v>17</v>
       </c>
       <c r="V88" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="89" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A89" s="6" t="s">
         <v>201</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>202</v>
       </c>
       <c r="C89" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D89" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E89" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F89" s="1">
         <v>126313</v>
       </c>
       <c r="G89" s="1">
         <v>166842</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
       <c r="I89" s="2">
@@ -9304,51 +9209,51 @@
       <c r="O89" s="2">
         <v>0</v>
       </c>
       <c r="P89" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q89" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R89" s="2">
         <v>166124</v>
       </c>
       <c r="S89" s="2">
         <v>238</v>
       </c>
       <c r="T89" s="2">
         <v>480</v>
       </c>
       <c r="U89" s="2">
         <v>0</v>
       </c>
       <c r="V89" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="90" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A90" s="6" t="s">
         <v>203</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>202</v>
       </c>
       <c r="C90" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D90" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E90" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F90" s="1">
         <v>100000</v>
       </c>
       <c r="G90" s="1">
         <v>119586</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="2">
@@ -9372,51 +9277,51 @@
       <c r="O90" s="2">
         <v>0</v>
       </c>
       <c r="P90" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q90" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R90" s="2">
         <v>119072</v>
       </c>
       <c r="S90" s="2">
         <v>170</v>
       </c>
       <c r="T90" s="2">
         <v>344</v>
       </c>
       <c r="U90" s="2">
         <v>0</v>
       </c>
       <c r="V90" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="91" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A91" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>205</v>
       </c>
       <c r="C91" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D91" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E91" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F91" s="1">
         <v>491271</v>
       </c>
       <c r="G91" s="1">
         <v>637147</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="2">
@@ -9440,51 +9345,51 @@
       <c r="O91" s="2">
         <v>0</v>
       </c>
       <c r="P91" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q91" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R91" s="2">
         <v>367918</v>
       </c>
       <c r="S91" s="2">
         <v>268211</v>
       </c>
       <c r="T91" s="2">
         <v>998</v>
       </c>
       <c r="U91" s="2">
         <v>20</v>
       </c>
       <c r="V91" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="92" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A92" s="6" t="s">
         <v>206</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>207</v>
       </c>
       <c r="C92" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D92" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E92" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F92" s="1">
         <v>581285</v>
       </c>
       <c r="G92" s="1">
         <v>594767</v>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
       <c r="I92" s="2">
@@ -9508,51 +9413,51 @@
       <c r="O92" s="2">
         <v>0</v>
       </c>
       <c r="P92" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q92" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R92" s="2">
         <v>553414</v>
       </c>
       <c r="S92" s="2">
         <v>39762</v>
       </c>
       <c r="T92" s="2">
         <v>1584</v>
       </c>
       <c r="U92" s="2">
         <v>7</v>
       </c>
       <c r="V92" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="93" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A93" s="6" t="s">
         <v>208</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>209</v>
       </c>
       <c r="C93" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>210</v>
       </c>
       <c r="E93" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F93" s="1">
         <v>112413</v>
       </c>
       <c r="G93" s="1">
         <v>113721</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="2">
@@ -9576,51 +9481,51 @@
       <c r="O93" s="2">
         <v>0</v>
       </c>
       <c r="P93" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q93" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R93" s="2">
         <v>113533</v>
       </c>
       <c r="S93" s="2">
         <v>134</v>
       </c>
       <c r="T93" s="2">
         <v>43</v>
       </c>
       <c r="U93" s="2">
         <v>11</v>
       </c>
       <c r="V93" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="94" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A94" s="6" t="s">
         <v>211</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>212</v>
       </c>
       <c r="C94" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D94" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E94" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F94" s="1">
         <v>322546</v>
       </c>
       <c r="G94" s="1">
         <v>396320</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="2">
@@ -9644,51 +9549,51 @@
       <c r="O94" s="2">
         <v>0</v>
       </c>
       <c r="P94" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q94" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R94" s="2">
         <v>8258</v>
       </c>
       <c r="S94" s="2">
         <v>388050</v>
       </c>
       <c r="T94" s="2">
         <v>7</v>
       </c>
       <c r="U94" s="2">
         <v>5</v>
       </c>
       <c r="V94" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="95" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A95" s="6" t="s">
         <v>213</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>214</v>
       </c>
       <c r="C95" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D95" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E95" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F95" s="1">
         <v>100000</v>
       </c>
       <c r="G95" s="1">
         <v>104560</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="2">
@@ -9712,51 +9617,51 @@
       <c r="O95" s="2">
         <v>0</v>
       </c>
       <c r="P95" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q95" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R95" s="2">
         <v>104081</v>
       </c>
       <c r="S95" s="2">
         <v>149</v>
       </c>
       <c r="T95" s="2">
         <v>315</v>
       </c>
       <c r="U95" s="2">
         <v>15</v>
       </c>
       <c r="V95" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="96" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A96" s="6" t="s">
         <v>215</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>95</v>
       </c>
       <c r="C96" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E96" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F96" s="1">
         <v>100000</v>
       </c>
       <c r="G96" s="1">
         <v>146173</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="2">
@@ -9780,51 +9685,51 @@
       <c r="O96" s="2">
         <v>0</v>
       </c>
       <c r="P96" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q96" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R96" s="2">
         <v>45691</v>
       </c>
       <c r="S96" s="2">
         <v>100211</v>
       </c>
       <c r="T96" s="2">
         <v>256</v>
       </c>
       <c r="U96" s="2">
         <v>15</v>
       </c>
       <c r="V96" s="7" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="97" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="97" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A97" s="6" t="s">
         <v>216</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>217</v>
       </c>
       <c r="C97" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E97" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F97" s="1">
         <v>167250</v>
       </c>
       <c r="G97" s="1">
         <v>202682</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="2">
@@ -9848,51 +9753,51 @@
       <c r="O97" s="2">
         <v>0</v>
       </c>
       <c r="P97" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q97" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R97" s="2">
         <v>91849</v>
       </c>
       <c r="S97" s="2">
         <v>110562</v>
       </c>
       <c r="T97" s="2">
         <v>271</v>
       </c>
       <c r="U97" s="2">
         <v>0</v>
       </c>
       <c r="V97" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="98" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="98" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A98" s="6" t="s">
         <v>218</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>219</v>
       </c>
       <c r="C98" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E98" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F98" s="1">
         <v>137609</v>
       </c>
       <c r="G98" s="1">
         <v>133527</v>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
       <c r="I98" s="2">
@@ -9916,51 +9821,51 @@
       <c r="O98" s="2">
         <v>4082</v>
       </c>
       <c r="P98" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q98" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R98" s="2">
         <v>53089</v>
       </c>
       <c r="S98" s="2">
         <v>80285</v>
       </c>
       <c r="T98" s="2">
         <v>153</v>
       </c>
       <c r="U98" s="2">
         <v>0</v>
       </c>
       <c r="V98" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="99" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="99" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A99" s="6" t="s">
         <v>220</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>221</v>
       </c>
       <c r="C99" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E99" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F99" s="1">
         <v>321854</v>
       </c>
       <c r="G99" s="1">
         <v>364464</v>
       </c>
       <c r="H99" s="2">
         <v>0</v>
       </c>
       <c r="I99" s="2">
@@ -9984,51 +9889,51 @@
       <c r="O99" s="2">
         <v>0</v>
       </c>
       <c r="P99" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q99" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R99" s="2">
         <v>175104</v>
       </c>
       <c r="S99" s="2">
         <v>188855</v>
       </c>
       <c r="T99" s="2">
         <v>505</v>
       </c>
       <c r="U99" s="2">
         <v>0</v>
       </c>
       <c r="V99" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="100" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="100" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A100" s="6" t="s">
         <v>222</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>223</v>
       </c>
       <c r="C100" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D100" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E100" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F100" s="1">
         <v>340367</v>
       </c>
       <c r="G100" s="1">
         <v>341152</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="2">
@@ -10052,51 +9957,51 @@
       <c r="O100" s="2">
         <v>0</v>
       </c>
       <c r="P100" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q100" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R100" s="2">
         <v>4434</v>
       </c>
       <c r="S100" s="2">
         <v>336699</v>
       </c>
       <c r="T100" s="2">
         <v>19</v>
       </c>
       <c r="U100" s="2">
         <v>0</v>
       </c>
       <c r="V100" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="101" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="101" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A101" s="6" t="s">
         <v>224</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C101" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D101" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E101" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F101" s="1">
         <v>302155</v>
       </c>
       <c r="G101" s="1">
         <v>310615</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="2">
@@ -10120,51 +10025,51 @@
       <c r="O101" s="2">
         <v>0</v>
       </c>
       <c r="P101" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q101" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R101" s="2">
         <v>309270</v>
       </c>
       <c r="S101" s="2">
         <v>442</v>
       </c>
       <c r="T101" s="2">
         <v>903</v>
       </c>
       <c r="U101" s="2">
         <v>0</v>
       </c>
       <c r="V101" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="102" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="102" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A102" s="6" t="s">
         <v>225</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>226</v>
       </c>
       <c r="C102" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D102" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E102" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F102" s="1">
         <v>133307</v>
       </c>
       <c r="G102" s="1">
         <v>144622</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="2">
@@ -10188,51 +10093,51 @@
       <c r="O102" s="2">
         <v>0</v>
       </c>
       <c r="P102" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q102" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R102" s="2">
         <v>144152</v>
       </c>
       <c r="S102" s="2">
         <v>248</v>
       </c>
       <c r="T102" s="2">
         <v>220</v>
       </c>
       <c r="U102" s="2">
         <v>2</v>
       </c>
       <c r="V102" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="103" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="103" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A103" s="6" t="s">
         <v>227</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>228</v>
       </c>
       <c r="C103" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E103" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F103" s="1">
         <v>100000</v>
       </c>
       <c r="G103" s="1">
         <v>95384</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="2">
@@ -10256,51 +10161,51 @@
       <c r="O103" s="2">
         <v>0</v>
       </c>
       <c r="P103" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q103" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R103" s="2">
         <v>95357</v>
       </c>
       <c r="S103" s="2">
         <v>11</v>
       </c>
       <c r="T103" s="2">
         <v>7</v>
       </c>
       <c r="U103" s="2">
         <v>9</v>
       </c>
       <c r="V103" s="7" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="104" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="104" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A104" s="6" t="s">
         <v>229</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>230</v>
       </c>
       <c r="C104" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E104" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F104" s="1">
         <v>1035251</v>
       </c>
       <c r="G104" s="1">
         <v>1223730</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="2">
@@ -10324,51 +10229,51 @@
       <c r="O104" s="2">
         <v>0</v>
       </c>
       <c r="P104" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q104" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R104" s="2">
         <v>284623</v>
       </c>
       <c r="S104" s="2">
         <v>937617</v>
       </c>
       <c r="T104" s="2">
         <v>1471</v>
       </c>
       <c r="U104" s="2">
         <v>19</v>
       </c>
       <c r="V104" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="105" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="105" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A105" s="6" t="s">
         <v>231</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>232</v>
       </c>
       <c r="C105" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D105" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E105" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F105" s="1">
         <v>176726</v>
       </c>
       <c r="G105" s="1">
         <v>136001</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="2">
@@ -10392,51 +10297,51 @@
       <c r="O105" s="2">
         <v>40725</v>
       </c>
       <c r="P105" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q105" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R105" s="2">
         <v>135543</v>
       </c>
       <c r="S105" s="2">
         <v>230</v>
       </c>
       <c r="T105" s="2">
         <v>228</v>
       </c>
       <c r="U105" s="2">
         <v>0</v>
       </c>
       <c r="V105" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="106" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="106" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A106" s="6" t="s">
         <v>233</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>234</v>
       </c>
       <c r="C106" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E106" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F106" s="1">
         <v>100000</v>
       </c>
       <c r="G106" s="1">
         <v>100248</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
       <c r="I106" s="2">
@@ -10460,51 +10365,51 @@
       <c r="O106" s="2">
         <v>0</v>
       </c>
       <c r="P106" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q106" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R106" s="2">
         <v>20494</v>
       </c>
       <c r="S106" s="2">
         <v>79693</v>
       </c>
       <c r="T106" s="2">
         <v>61</v>
       </c>
       <c r="U106" s="2">
         <v>0</v>
       </c>
       <c r="V106" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="107" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="107" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A107" s="6" t="s">
         <v>235</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>236</v>
       </c>
       <c r="C107" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D107" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E107" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F107" s="1">
         <v>100000</v>
       </c>
       <c r="G107" s="1">
         <v>82036</v>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
       <c r="I107" s="2">
@@ -10528,51 +10433,51 @@
       <c r="O107" s="2">
         <v>0</v>
       </c>
       <c r="P107" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q107" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R107" s="2">
         <v>81681</v>
       </c>
       <c r="S107" s="2">
         <v>113</v>
       </c>
       <c r="T107" s="2">
         <v>242</v>
       </c>
       <c r="U107" s="2">
         <v>0</v>
       </c>
       <c r="V107" s="7" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="108" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="108" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A108" s="6" t="s">
         <v>237</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>238</v>
       </c>
       <c r="C108" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>239</v>
       </c>
       <c r="E108" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F108" s="1">
         <v>913822</v>
       </c>
       <c r="G108" s="1">
         <v>483071</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="2">
@@ -10596,51 +10501,51 @@
       <c r="O108" s="2">
         <v>430751</v>
       </c>
       <c r="P108" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q108" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R108" s="2">
         <v>462058</v>
       </c>
       <c r="S108" s="2">
         <v>383</v>
       </c>
       <c r="T108" s="2">
         <v>20630</v>
       </c>
       <c r="U108" s="2">
         <v>0</v>
       </c>
       <c r="V108" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="109" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="109" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A109" s="6" t="s">
         <v>240</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>241</v>
       </c>
       <c r="C109" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E109" s="6">
         <v>0.99</v>
       </c>
       <c r="F109" s="1">
         <v>824523</v>
       </c>
       <c r="G109" s="1">
         <v>915101</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="2">
@@ -10664,51 +10569,51 @@
       <c r="O109" s="2">
         <v>0</v>
       </c>
       <c r="P109" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q109" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R109" s="2">
         <v>912711</v>
       </c>
       <c r="S109" s="2">
         <v>1810</v>
       </c>
       <c r="T109" s="2">
         <v>572</v>
       </c>
       <c r="U109" s="2">
         <v>8</v>
       </c>
       <c r="V109" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="110" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="110" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A110" s="6" t="s">
         <v>242</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C110" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E110" s="6">
         <v>0.99</v>
       </c>
       <c r="F110" s="1">
         <v>244804</v>
       </c>
       <c r="G110" s="1">
         <v>285673</v>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
       <c r="I110" s="2">
@@ -10732,51 +10637,51 @@
       <c r="O110" s="2">
         <v>0</v>
       </c>
       <c r="P110" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q110" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R110" s="2">
         <v>285130</v>
       </c>
       <c r="S110" s="2">
         <v>409.00000000000006</v>
       </c>
       <c r="T110" s="2">
         <v>134</v>
       </c>
       <c r="U110" s="2">
         <v>0</v>
       </c>
       <c r="V110" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="111" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="111" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A111" s="6" t="s">
         <v>243</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>244</v>
       </c>
       <c r="C111" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E111" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F111" s="1">
         <v>308609</v>
       </c>
       <c r="G111" s="1">
         <v>289068</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
       <c r="I111" s="2">
@@ -10800,51 +10705,51 @@
       <c r="O111" s="2">
         <v>19541</v>
       </c>
       <c r="P111" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q111" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R111" s="2">
         <v>223393</v>
       </c>
       <c r="S111" s="2">
         <v>65054</v>
       </c>
       <c r="T111" s="2">
         <v>618</v>
       </c>
       <c r="U111" s="2">
         <v>3</v>
       </c>
       <c r="V111" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="112" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="112" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A112" s="6" t="s">
         <v>245</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>246</v>
       </c>
       <c r="C112" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>247</v>
       </c>
       <c r="E112" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F112" s="1">
         <v>128716</v>
       </c>
       <c r="G112" s="1">
         <v>132927</v>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
       <c r="I112" s="2">
@@ -10868,51 +10773,51 @@
       <c r="O112" s="2">
         <v>0</v>
       </c>
       <c r="P112" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q112" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R112" s="2">
         <v>132577</v>
       </c>
       <c r="S112" s="2">
         <v>261</v>
       </c>
       <c r="T112" s="2">
         <v>86.999999999999986</v>
       </c>
       <c r="U112" s="2">
         <v>2</v>
       </c>
       <c r="V112" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="113" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="113" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A113" s="6" t="s">
         <v>248</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>249</v>
       </c>
       <c r="C113" s="6" t="s">
         <v>69</v>
       </c>
       <c r="D113" s="6" t="s">
         <v>210</v>
       </c>
       <c r="E113" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F113" s="1">
         <v>204887</v>
       </c>
       <c r="G113" s="1">
         <v>196125</v>
       </c>
       <c r="H113" s="2">
         <v>0</v>
       </c>
       <c r="I113" s="2">
@@ -10936,51 +10841,51 @@
       <c r="O113" s="2">
         <v>8762</v>
       </c>
       <c r="P113" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q113" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R113" s="2">
         <v>196107</v>
       </c>
       <c r="S113" s="2">
         <v>6</v>
       </c>
       <c r="T113" s="2">
         <v>6</v>
       </c>
       <c r="U113" s="2">
         <v>6</v>
       </c>
       <c r="V113" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="114" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="114" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A114" s="6" t="s">
         <v>250</v>
       </c>
       <c r="B114" s="6" t="s">
         <v>251</v>
       </c>
       <c r="C114" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>210</v>
       </c>
       <c r="E114" s="6">
         <v>0.99</v>
       </c>
       <c r="F114" s="1">
         <v>1026135</v>
       </c>
       <c r="G114" s="1">
         <v>1191510</v>
       </c>
       <c r="H114" s="2">
         <v>0</v>
       </c>
       <c r="I114" s="2">
@@ -11004,51 +10909,51 @@
       <c r="O114" s="2">
         <v>0</v>
       </c>
       <c r="P114" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q114" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R114" s="2">
         <v>1190837</v>
       </c>
       <c r="S114" s="2">
         <v>414</v>
       </c>
       <c r="T114" s="2">
         <v>253</v>
       </c>
       <c r="U114" s="2">
         <v>6</v>
       </c>
       <c r="V114" s="7" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="115" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="115" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A115" s="6" t="s">
         <v>252</v>
       </c>
       <c r="B115" s="6" t="s">
         <v>253</v>
       </c>
       <c r="C115" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E115" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F115" s="1">
         <v>554933</v>
       </c>
       <c r="G115" s="1">
         <v>742230</v>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
       <c r="I115" s="2">
@@ -11072,51 +10977,51 @@
       <c r="O115" s="2">
         <v>0</v>
       </c>
       <c r="P115" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q115" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R115" s="2">
         <v>24907</v>
       </c>
       <c r="S115" s="2">
         <v>717233</v>
       </c>
       <c r="T115" s="2">
         <v>85</v>
       </c>
       <c r="U115" s="2">
         <v>5</v>
       </c>
       <c r="V115" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="116" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="116" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A116" s="6" t="s">
         <v>254</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>255</v>
       </c>
       <c r="C116" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E116" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F116" s="1">
         <v>131234</v>
       </c>
       <c r="G116" s="1">
         <v>122216</v>
       </c>
       <c r="H116" s="2">
         <v>0</v>
       </c>
       <c r="I116" s="2">
@@ -11140,51 +11045,51 @@
       <c r="O116" s="2">
         <v>9018</v>
       </c>
       <c r="P116" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q116" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R116" s="2">
         <v>118914</v>
       </c>
       <c r="S116" s="2">
         <v>2955</v>
       </c>
       <c r="T116" s="2">
         <v>332</v>
       </c>
       <c r="U116" s="2">
         <v>15</v>
       </c>
       <c r="V116" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="117" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="117" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A117" s="6" t="s">
         <v>256</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C117" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E117" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F117" s="1">
         <v>109985</v>
       </c>
       <c r="G117" s="1">
         <v>156177</v>
       </c>
       <c r="H117" s="2">
         <v>0</v>
       </c>
       <c r="I117" s="2">
@@ -11208,51 +11113,51 @@
       <c r="O117" s="2">
         <v>0</v>
       </c>
       <c r="P117" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q117" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R117" s="2">
         <v>155505</v>
       </c>
       <c r="S117" s="2">
         <v>222</v>
       </c>
       <c r="T117" s="2">
         <v>450</v>
       </c>
       <c r="U117" s="2">
         <v>0</v>
       </c>
       <c r="V117" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="118" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="118" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A118" s="6" t="s">
         <v>257</v>
       </c>
       <c r="B118" s="6" t="s">
         <v>258</v>
       </c>
       <c r="C118" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E118" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F118" s="1">
         <v>275001</v>
       </c>
       <c r="G118" s="1">
         <v>286028</v>
       </c>
       <c r="H118" s="2">
         <v>0</v>
       </c>
       <c r="I118" s="2">
@@ -11276,51 +11181,51 @@
       <c r="O118" s="2">
         <v>0</v>
       </c>
       <c r="P118" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q118" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R118" s="2">
         <v>283525</v>
       </c>
       <c r="S118" s="2">
         <v>1710</v>
       </c>
       <c r="T118" s="2">
         <v>789</v>
       </c>
       <c r="U118" s="2">
         <v>4</v>
       </c>
       <c r="V118" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="119" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="119" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A119" s="6" t="s">
         <v>259</v>
       </c>
       <c r="B119" s="6" t="s">
         <v>260</v>
       </c>
       <c r="C119" s="6" t="s">
         <v>142</v>
       </c>
       <c r="D119" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E119" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F119" s="1">
         <v>100000</v>
       </c>
       <c r="G119" s="1">
         <v>101914</v>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
       <c r="I119" s="2">
@@ -11344,51 +11249,51 @@
       <c r="O119" s="2">
         <v>0</v>
       </c>
       <c r="P119" s="2">
         <v>208064</v>
       </c>
       <c r="Q119" s="2">
         <v>0</v>
       </c>
       <c r="R119" s="2">
         <v>101478</v>
       </c>
       <c r="S119" s="2">
         <v>145</v>
       </c>
       <c r="T119" s="2">
         <v>291</v>
       </c>
       <c r="U119" s="2">
         <v>0</v>
       </c>
       <c r="V119" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="120" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="120" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A120" s="6" t="s">
         <v>261</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>262</v>
       </c>
       <c r="C120" s="6" t="s">
         <v>142</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>247</v>
       </c>
       <c r="E120" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F120" s="1">
         <v>138562</v>
       </c>
       <c r="G120" s="1">
         <v>153074</v>
       </c>
       <c r="H120" s="2">
         <v>0</v>
       </c>
       <c r="I120" s="2">
@@ -11412,51 +11317,51 @@
       <c r="O120" s="2">
         <v>0</v>
       </c>
       <c r="P120" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q120" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R120" s="2">
         <v>152685</v>
       </c>
       <c r="S120" s="2">
         <v>297</v>
       </c>
       <c r="T120" s="2">
         <v>92</v>
       </c>
       <c r="U120" s="2">
         <v>0</v>
       </c>
       <c r="V120" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="121" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="121" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A121" s="6" t="s">
         <v>263</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>264</v>
       </c>
       <c r="C121" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E121" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F121" s="1">
         <v>100000</v>
       </c>
       <c r="G121" s="1">
         <v>60255</v>
       </c>
       <c r="H121" s="2">
         <v>0</v>
       </c>
       <c r="I121" s="2">
@@ -11480,51 +11385,51 @@
       <c r="O121" s="2">
         <v>0</v>
       </c>
       <c r="P121" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q121" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R121" s="2">
         <v>59993</v>
       </c>
       <c r="S121" s="2">
         <v>86</v>
       </c>
       <c r="T121" s="2">
         <v>176</v>
       </c>
       <c r="U121" s="2">
         <v>0</v>
       </c>
       <c r="V121" s="7" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="122" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="122" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A122" s="6" t="s">
         <v>265</v>
       </c>
       <c r="B122" s="6" t="s">
         <v>264</v>
       </c>
       <c r="C122" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D122" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E122" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F122" s="1">
         <v>104837</v>
       </c>
       <c r="G122" s="1">
         <v>65868</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="2">
@@ -11548,51 +11453,51 @@
       <c r="O122" s="2">
         <v>0</v>
       </c>
       <c r="P122" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q122" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R122" s="2">
         <v>65581</v>
       </c>
       <c r="S122" s="2">
         <v>94</v>
       </c>
       <c r="T122" s="2">
         <v>193</v>
       </c>
       <c r="U122" s="2">
         <v>0</v>
       </c>
       <c r="V122" s="7" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="123" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="123" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A123" s="6" t="s">
         <v>266</v>
       </c>
       <c r="B123" s="6" t="s">
         <v>267</v>
       </c>
       <c r="C123" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D123" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E123" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F123" s="1">
         <v>587906</v>
       </c>
       <c r="G123" s="1">
         <v>696752</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="2">
@@ -11616,51 +11521,51 @@
       <c r="O123" s="2">
         <v>0</v>
       </c>
       <c r="P123" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q123" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R123" s="2">
         <v>142132</v>
       </c>
       <c r="S123" s="2">
         <v>554603</v>
       </c>
       <c r="T123" s="2">
         <v>10</v>
       </c>
       <c r="U123" s="2">
         <v>7</v>
       </c>
       <c r="V123" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="124" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="124" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A124" s="6" t="s">
         <v>268</v>
       </c>
       <c r="B124" s="6" t="s">
         <v>269</v>
       </c>
       <c r="C124" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D124" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E124" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F124" s="1">
         <v>232430</v>
       </c>
       <c r="G124" s="1">
         <v>267919</v>
       </c>
       <c r="H124" s="2">
         <v>0</v>
       </c>
       <c r="I124" s="2">
@@ -11684,51 +11589,51 @@
       <c r="O124" s="2">
         <v>0</v>
       </c>
       <c r="P124" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q124" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R124" s="2">
         <v>150855</v>
       </c>
       <c r="S124" s="2">
         <v>116631</v>
       </c>
       <c r="T124" s="2">
         <v>431</v>
       </c>
       <c r="U124" s="2">
         <v>2</v>
       </c>
       <c r="V124" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="125" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="125" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A125" s="6" t="s">
         <v>270</v>
       </c>
       <c r="B125" s="6" t="s">
         <v>271</v>
       </c>
       <c r="C125" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D125" s="6" t="s">
         <v>272</v>
       </c>
       <c r="E125" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F125" s="1">
         <v>100000</v>
       </c>
       <c r="G125" s="1">
         <v>100534</v>
       </c>
       <c r="H125" s="2">
         <v>0</v>
       </c>
       <c r="I125" s="2">
@@ -11752,51 +11657,51 @@
       <c r="O125" s="2">
         <v>0</v>
       </c>
       <c r="P125" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q125" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R125" s="2">
         <v>100278.99999999999</v>
       </c>
       <c r="S125" s="2">
         <v>195</v>
       </c>
       <c r="T125" s="2">
         <v>60</v>
       </c>
       <c r="U125" s="2">
         <v>0</v>
       </c>
       <c r="V125" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="126" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="126" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A126" s="6" t="s">
         <v>273</v>
       </c>
       <c r="B126" s="6" t="s">
         <v>274</v>
       </c>
       <c r="C126" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>175</v>
       </c>
       <c r="E126" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F126" s="1">
         <v>100000</v>
       </c>
       <c r="G126" s="1">
         <v>344</v>
       </c>
       <c r="H126" s="2">
         <v>0</v>
       </c>
       <c r="I126" s="2">
@@ -11820,51 +11725,51 @@
       <c r="O126" s="2">
         <v>0</v>
       </c>
       <c r="P126" s="2">
         <v>111270</v>
       </c>
       <c r="Q126" s="1">
         <v>-188730</v>
       </c>
       <c r="R126" s="2">
         <v>335</v>
       </c>
       <c r="S126" s="2">
         <v>0</v>
       </c>
       <c r="T126" s="2">
         <v>2</v>
       </c>
       <c r="U126" s="2">
         <v>7</v>
       </c>
       <c r="V126" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="127" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="127" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A127" s="6" t="s">
         <v>275</v>
       </c>
       <c r="B127" s="6" t="s">
         <v>276</v>
       </c>
       <c r="C127" s="6" t="s">
         <v>142</v>
       </c>
       <c r="D127" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E127" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F127" s="1">
         <v>132001</v>
       </c>
       <c r="G127" s="1">
         <v>163472</v>
       </c>
       <c r="H127" s="2">
         <v>0</v>
       </c>
       <c r="I127" s="2">
@@ -11888,51 +11793,51 @@
       <c r="O127" s="2">
         <v>0</v>
       </c>
       <c r="P127" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q127" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R127" s="2">
         <v>139791</v>
       </c>
       <c r="S127" s="2">
         <v>23013</v>
       </c>
       <c r="T127" s="2">
         <v>666</v>
       </c>
       <c r="U127" s="2">
         <v>2</v>
       </c>
       <c r="V127" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="128" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="128" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A128" s="6" t="s">
         <v>277</v>
       </c>
       <c r="B128" s="6" t="s">
         <v>278</v>
       </c>
       <c r="C128" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D128" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E128" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F128" s="1">
         <v>238272</v>
       </c>
       <c r="G128" s="1">
         <v>233663</v>
       </c>
       <c r="H128" s="2">
         <v>0</v>
       </c>
       <c r="I128" s="2">
@@ -11956,51 +11861,51 @@
       <c r="O128" s="2">
         <v>4609</v>
       </c>
       <c r="P128" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q128" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R128" s="2">
         <v>212128</v>
       </c>
       <c r="S128" s="2">
         <v>21008</v>
       </c>
       <c r="T128" s="2">
         <v>523</v>
       </c>
       <c r="U128" s="2">
         <v>4</v>
       </c>
       <c r="V128" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="129" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="129" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A129" s="6" t="s">
         <v>279</v>
       </c>
       <c r="B129" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C129" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D129" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E129" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F129" s="1">
         <v>2048421</v>
       </c>
       <c r="G129" s="1">
         <v>2196816</v>
       </c>
       <c r="H129" s="2">
         <v>0</v>
       </c>
       <c r="I129" s="2">
@@ -12024,51 +11929,51 @@
       <c r="O129" s="2">
         <v>0</v>
       </c>
       <c r="P129" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q129" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R129" s="2">
         <v>1988493</v>
       </c>
       <c r="S129" s="2">
         <v>207946</v>
       </c>
       <c r="T129" s="2">
         <v>373</v>
       </c>
       <c r="U129" s="2">
         <v>4</v>
       </c>
       <c r="V129" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="130" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="130" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A130" s="6" t="s">
         <v>280</v>
       </c>
       <c r="B130" s="6" t="s">
         <v>124</v>
       </c>
       <c r="C130" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D130" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E130" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F130" s="1">
         <v>221575</v>
       </c>
       <c r="G130" s="1">
         <v>194654</v>
       </c>
       <c r="H130" s="2">
         <v>0</v>
       </c>
       <c r="I130" s="2">
@@ -12092,51 +11997,51 @@
       <c r="O130" s="2">
         <v>26921</v>
       </c>
       <c r="P130" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q130" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R130" s="2">
         <v>80725</v>
       </c>
       <c r="S130" s="2">
         <v>113697</v>
       </c>
       <c r="T130" s="2">
         <v>231</v>
       </c>
       <c r="U130" s="2">
         <v>1</v>
       </c>
       <c r="V130" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="131" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="131" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A131" s="6" t="s">
         <v>281</v>
       </c>
       <c r="B131" s="6" t="s">
         <v>179</v>
       </c>
       <c r="C131" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D131" s="6" t="s">
         <v>239</v>
       </c>
       <c r="E131" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F131" s="1">
         <v>523641</v>
       </c>
       <c r="G131" s="1">
         <v>460112</v>
       </c>
       <c r="H131" s="2">
         <v>0</v>
       </c>
       <c r="I131" s="2">
@@ -12160,51 +12065,51 @@
       <c r="O131" s="2">
         <v>63529</v>
       </c>
       <c r="P131" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q131" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R131" s="2">
         <v>349030</v>
       </c>
       <c r="S131" s="2">
         <v>326</v>
       </c>
       <c r="T131" s="2">
         <v>110754</v>
       </c>
       <c r="U131" s="2">
         <v>2</v>
       </c>
       <c r="V131" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="132" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="132" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A132" s="6" t="s">
         <v>282</v>
       </c>
       <c r="B132" s="6" t="s">
         <v>194</v>
       </c>
       <c r="C132" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D132" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E132" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F132" s="1">
         <v>1300300</v>
       </c>
       <c r="G132" s="1">
         <v>1483999</v>
       </c>
       <c r="H132" s="2">
         <v>0</v>
       </c>
       <c r="I132" s="2">
@@ -12228,51 +12133,51 @@
       <c r="O132" s="2">
         <v>0</v>
       </c>
       <c r="P132" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q132" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R132" s="2">
         <v>256891</v>
       </c>
       <c r="S132" s="2">
         <v>1225762</v>
       </c>
       <c r="T132" s="2">
         <v>1322</v>
       </c>
       <c r="U132" s="2">
         <v>24</v>
       </c>
       <c r="V132" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="133" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="133" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A133" s="6" t="s">
         <v>283</v>
       </c>
       <c r="B133" s="6" t="s">
         <v>284</v>
       </c>
       <c r="C133" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D133" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E133" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F133" s="1">
         <v>328070</v>
       </c>
       <c r="G133" s="1">
         <v>409936</v>
       </c>
       <c r="H133" s="2">
         <v>0</v>
       </c>
       <c r="I133" s="2">
@@ -12296,51 +12201,51 @@
       <c r="O133" s="2">
         <v>0</v>
       </c>
       <c r="P133" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q133" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R133" s="2">
         <v>408766</v>
       </c>
       <c r="S133" s="2">
         <v>344</v>
       </c>
       <c r="T133" s="2">
         <v>707</v>
       </c>
       <c r="U133" s="2">
         <v>119</v>
       </c>
       <c r="V133" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="134" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="134" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A134" s="6" t="s">
         <v>285</v>
       </c>
       <c r="B134" s="6" t="s">
         <v>286</v>
       </c>
       <c r="C134" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D134" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E134" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F134" s="1">
         <v>199238</v>
       </c>
       <c r="G134" s="1">
         <v>196934</v>
       </c>
       <c r="H134" s="2">
         <v>0</v>
       </c>
       <c r="I134" s="2">
@@ -12364,51 +12269,51 @@
       <c r="O134" s="2">
         <v>2304</v>
       </c>
       <c r="P134" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q134" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R134" s="2">
         <v>133486</v>
       </c>
       <c r="S134" s="2">
         <v>63096</v>
       </c>
       <c r="T134" s="2">
         <v>352</v>
       </c>
       <c r="U134" s="2">
         <v>0</v>
       </c>
       <c r="V134" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="135" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="135" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A135" s="6" t="s">
         <v>287</v>
       </c>
       <c r="B135" s="6" t="s">
         <v>246</v>
       </c>
       <c r="C135" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D135" s="6" t="s">
         <v>247</v>
       </c>
       <c r="E135" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F135" s="1">
         <v>160670</v>
       </c>
       <c r="G135" s="1">
         <v>160073</v>
       </c>
       <c r="H135" s="2">
         <v>0</v>
       </c>
       <c r="I135" s="2">
@@ -12432,51 +12337,51 @@
       <c r="O135" s="2">
         <v>0</v>
       </c>
       <c r="P135" s="2">
         <v>511101</v>
       </c>
       <c r="Q135" s="1">
         <v>-10587</v>
       </c>
       <c r="R135" s="2">
         <v>159529.99999999997</v>
       </c>
       <c r="S135" s="2">
         <v>313</v>
       </c>
       <c r="T135" s="2">
         <v>108.00000000000001</v>
       </c>
       <c r="U135" s="2">
         <v>122</v>
       </c>
       <c r="V135" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="136" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="136" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A136" s="6" t="s">
         <v>288</v>
       </c>
       <c r="B136" s="6" t="s">
         <v>289</v>
       </c>
       <c r="C136" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D136" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E136" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F136" s="1">
         <v>100000</v>
       </c>
       <c r="G136" s="1">
         <v>114220</v>
       </c>
       <c r="H136" s="2">
         <v>0</v>
       </c>
       <c r="I136" s="2">
@@ -12500,51 +12405,51 @@
       <c r="O136" s="2">
         <v>0</v>
       </c>
       <c r="P136" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q136" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R136" s="2">
         <v>113732</v>
       </c>
       <c r="S136" s="2">
         <v>165</v>
       </c>
       <c r="T136" s="2">
         <v>310</v>
       </c>
       <c r="U136" s="2">
         <v>13</v>
       </c>
       <c r="V136" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="137" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="137" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A137" s="6" t="s">
         <v>290</v>
       </c>
       <c r="B137" s="6" t="s">
         <v>291</v>
       </c>
       <c r="C137" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E137" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F137" s="1">
         <v>206337</v>
       </c>
       <c r="G137" s="1">
         <v>265669</v>
       </c>
       <c r="H137" s="2">
         <v>0</v>
       </c>
       <c r="I137" s="2">
@@ -12568,51 +12473,51 @@
       <c r="O137" s="2">
         <v>0</v>
       </c>
       <c r="P137" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q137" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R137" s="2">
         <v>187837</v>
       </c>
       <c r="S137" s="2">
         <v>77297</v>
       </c>
       <c r="T137" s="2">
         <v>531</v>
       </c>
       <c r="U137" s="2">
         <v>4</v>
       </c>
       <c r="V137" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="138" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="138" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A138" s="6" t="s">
         <v>292</v>
       </c>
       <c r="B138" s="6" t="s">
         <v>293</v>
       </c>
       <c r="C138" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D138" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E138" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F138" s="1">
         <v>165214</v>
       </c>
       <c r="G138" s="1">
         <v>169759</v>
       </c>
       <c r="H138" s="2">
         <v>0</v>
       </c>
       <c r="I138" s="2">
@@ -12636,51 +12541,51 @@
       <c r="O138" s="2">
         <v>0</v>
       </c>
       <c r="P138" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q138" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R138" s="2">
         <v>4405</v>
       </c>
       <c r="S138" s="2">
         <v>165353</v>
       </c>
       <c r="T138" s="2">
         <v>1</v>
       </c>
       <c r="U138" s="2">
         <v>0</v>
       </c>
       <c r="V138" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="139" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="139" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A139" s="6" t="s">
         <v>294</v>
       </c>
       <c r="B139" s="6" t="s">
         <v>295</v>
       </c>
       <c r="C139" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D139" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E139" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F139" s="1">
         <v>478181</v>
       </c>
       <c r="G139" s="1">
         <v>523774</v>
       </c>
       <c r="H139" s="2">
         <v>0</v>
       </c>
       <c r="I139" s="2">
@@ -12704,51 +12609,51 @@
       <c r="O139" s="2">
         <v>0</v>
       </c>
       <c r="P139" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q139" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R139" s="2">
         <v>522748</v>
       </c>
       <c r="S139" s="2">
         <v>632</v>
       </c>
       <c r="T139" s="2">
         <v>394</v>
       </c>
       <c r="U139" s="2">
         <v>0</v>
       </c>
       <c r="V139" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="140" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="140" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A140" s="6" t="s">
         <v>296</v>
       </c>
       <c r="B140" s="6" t="s">
         <v>297</v>
       </c>
       <c r="C140" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D140" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E140" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F140" s="1">
         <v>346793</v>
       </c>
       <c r="G140" s="1">
         <v>191750</v>
       </c>
       <c r="H140" s="2">
         <v>0</v>
       </c>
       <c r="I140" s="2">
@@ -12772,51 +12677,51 @@
       <c r="O140" s="2">
         <v>155043</v>
       </c>
       <c r="P140" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q140" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R140" s="2">
         <v>8264</v>
       </c>
       <c r="S140" s="2">
         <v>183478</v>
       </c>
       <c r="T140" s="2">
         <v>4</v>
       </c>
       <c r="U140" s="2">
         <v>4</v>
       </c>
       <c r="V140" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="141" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="141" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A141" s="6" t="s">
         <v>298</v>
       </c>
       <c r="B141" s="6" t="s">
         <v>299</v>
       </c>
       <c r="C141" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D141" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E141" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F141" s="1">
         <v>383633</v>
       </c>
       <c r="G141" s="1">
         <v>555048</v>
       </c>
       <c r="H141" s="2">
         <v>0</v>
       </c>
       <c r="I141" s="2">
@@ -12840,51 +12745,51 @@
       <c r="O141" s="2">
         <v>0</v>
       </c>
       <c r="P141" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q141" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R141" s="2">
         <v>199690</v>
       </c>
       <c r="S141" s="2">
         <v>355312</v>
       </c>
       <c r="T141" s="2">
         <v>30</v>
       </c>
       <c r="U141" s="2">
         <v>16</v>
       </c>
       <c r="V141" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="142" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="142" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A142" s="6" t="s">
         <v>300</v>
       </c>
       <c r="B142" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C142" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D142" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E142" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F142" s="1">
         <v>304376</v>
       </c>
       <c r="G142" s="1">
         <v>316238</v>
       </c>
       <c r="H142" s="2">
         <v>0</v>
       </c>
       <c r="I142" s="2">
@@ -12908,51 +12813,51 @@
       <c r="O142" s="2">
         <v>0</v>
       </c>
       <c r="P142" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q142" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R142" s="2">
         <v>314656</v>
       </c>
       <c r="S142" s="2">
         <v>450</v>
       </c>
       <c r="T142" s="2">
         <v>968</v>
       </c>
       <c r="U142" s="2">
         <v>164</v>
       </c>
       <c r="V142" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="143" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="143" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A143" s="6" t="s">
         <v>301</v>
       </c>
       <c r="B143" s="6" t="s">
         <v>302</v>
       </c>
       <c r="C143" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D143" s="6" t="s">
         <v>247</v>
       </c>
       <c r="E143" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F143" s="1">
         <v>544310</v>
       </c>
       <c r="G143" s="1">
         <v>376230</v>
       </c>
       <c r="H143" s="2">
         <v>0</v>
       </c>
       <c r="I143" s="2">
@@ -12976,51 +12881,51 @@
       <c r="O143" s="2">
         <v>114505</v>
       </c>
       <c r="P143" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q143" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R143" s="2">
         <v>375263</v>
       </c>
       <c r="S143" s="2">
         <v>744</v>
       </c>
       <c r="T143" s="2">
         <v>223</v>
       </c>
       <c r="U143" s="2">
         <v>0</v>
       </c>
       <c r="V143" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="144" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="144" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A144" s="6" t="s">
         <v>303</v>
       </c>
       <c r="B144" s="6" t="s">
         <v>304</v>
       </c>
       <c r="C144" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D144" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E144" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F144" s="1">
         <v>183027</v>
       </c>
       <c r="G144" s="1">
         <v>238348</v>
       </c>
       <c r="H144" s="2">
         <v>0</v>
       </c>
       <c r="I144" s="2">
@@ -13044,51 +12949,51 @@
       <c r="O144" s="2">
         <v>0</v>
       </c>
       <c r="P144" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q144" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R144" s="2">
         <v>237186</v>
       </c>
       <c r="S144" s="2">
         <v>337</v>
       </c>
       <c r="T144" s="2">
         <v>688</v>
       </c>
       <c r="U144" s="2">
         <v>137</v>
       </c>
       <c r="V144" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="145" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="145" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A145" s="6" t="s">
         <v>305</v>
       </c>
       <c r="B145" s="6" t="s">
         <v>306</v>
       </c>
       <c r="C145" s="6" t="s">
         <v>142</v>
       </c>
       <c r="D145" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E145" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F145" s="1">
         <v>190869</v>
       </c>
       <c r="G145" s="1">
         <v>200358</v>
       </c>
       <c r="H145" s="2">
         <v>0</v>
       </c>
       <c r="I145" s="2">
@@ -13112,51 +13017,51 @@
       <c r="O145" s="2">
         <v>0</v>
       </c>
       <c r="P145" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q145" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R145" s="2">
         <v>199704</v>
       </c>
       <c r="S145" s="2">
         <v>358</v>
       </c>
       <c r="T145" s="2">
         <v>259</v>
       </c>
       <c r="U145" s="2">
         <v>37</v>
       </c>
       <c r="V145" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="146" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="146" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A146" s="6" t="s">
         <v>307</v>
       </c>
       <c r="B146" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C146" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D146" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E146" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F146" s="1">
         <v>277840</v>
       </c>
       <c r="G146" s="1">
         <v>226731</v>
       </c>
       <c r="H146" s="2">
         <v>0</v>
       </c>
       <c r="I146" s="2">
@@ -13180,51 +13085,51 @@
       <c r="O146" s="2">
         <v>51109</v>
       </c>
       <c r="P146" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q146" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R146" s="2">
         <v>214200</v>
       </c>
       <c r="S146" s="2">
         <v>12131</v>
       </c>
       <c r="T146" s="2">
         <v>400</v>
       </c>
       <c r="U146" s="2">
         <v>0</v>
       </c>
       <c r="V146" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="147" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="147" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A147" s="6" t="s">
         <v>308</v>
       </c>
       <c r="B147" s="6" t="s">
         <v>309</v>
       </c>
       <c r="C147" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D147" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E147" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F147" s="1">
         <v>123249</v>
       </c>
       <c r="G147" s="1">
         <v>105583</v>
       </c>
       <c r="H147" s="2">
         <v>0</v>
       </c>
       <c r="I147" s="2">
@@ -13248,51 +13153,51 @@
       <c r="O147" s="2">
         <v>17666</v>
       </c>
       <c r="P147" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q147" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R147" s="2">
         <v>105511.99999999999</v>
       </c>
       <c r="S147" s="2">
         <v>51</v>
       </c>
       <c r="T147" s="2">
         <v>20</v>
       </c>
       <c r="U147" s="2">
         <v>0</v>
       </c>
       <c r="V147" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="148" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="148" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A148" s="6" t="s">
         <v>310</v>
       </c>
       <c r="B148" s="6" t="s">
         <v>309</v>
       </c>
       <c r="C148" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D148" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E148" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F148" s="1">
         <v>122189</v>
       </c>
       <c r="G148" s="1">
         <v>169074</v>
       </c>
       <c r="H148" s="2">
         <v>0</v>
       </c>
       <c r="I148" s="2">
@@ -13316,51 +13221,51 @@
       <c r="O148" s="2">
         <v>0</v>
       </c>
       <c r="P148" s="2">
         <v>417031</v>
       </c>
       <c r="Q148" s="2">
         <v>0</v>
       </c>
       <c r="R148" s="2">
         <v>168635</v>
       </c>
       <c r="S148" s="2">
         <v>324</v>
       </c>
       <c r="T148" s="2">
         <v>115</v>
       </c>
       <c r="U148" s="2">
         <v>0</v>
       </c>
       <c r="V148" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="149" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="149" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A149" s="6" t="s">
         <v>311</v>
       </c>
       <c r="B149" s="6" t="s">
         <v>309</v>
       </c>
       <c r="C149" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D149" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E149" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F149" s="1">
         <v>100000</v>
       </c>
       <c r="G149" s="1">
         <v>200895</v>
       </c>
       <c r="H149" s="2">
         <v>0</v>
       </c>
       <c r="I149" s="2">
@@ -13384,51 +13289,51 @@
       <c r="O149" s="2">
         <v>0</v>
       </c>
       <c r="P149" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q149" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R149" s="2">
         <v>200012</v>
       </c>
       <c r="S149" s="2">
         <v>286</v>
       </c>
       <c r="T149" s="2">
         <v>589</v>
       </c>
       <c r="U149" s="2">
         <v>8</v>
       </c>
       <c r="V149" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="150" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="150" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A150" s="6" t="s">
         <v>312</v>
       </c>
       <c r="B150" s="6" t="s">
         <v>313</v>
       </c>
       <c r="C150" s="6" t="s">
         <v>69</v>
       </c>
       <c r="D150" s="6" t="s">
         <v>314</v>
       </c>
       <c r="E150" s="6">
         <v>0.99</v>
       </c>
       <c r="F150" s="1">
         <v>166962</v>
       </c>
       <c r="G150" s="1">
         <v>171146</v>
       </c>
       <c r="H150" s="2">
         <v>0</v>
       </c>
       <c r="I150" s="2">
@@ -13452,51 +13357,51 @@
       <c r="O150" s="2">
         <v>0</v>
       </c>
       <c r="P150" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q150" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R150" s="2">
         <v>170690</v>
       </c>
       <c r="S150" s="2">
         <v>80</v>
       </c>
       <c r="T150" s="2">
         <v>376</v>
       </c>
       <c r="U150" s="2">
         <v>0</v>
       </c>
       <c r="V150" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="151" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="151" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A151" s="6" t="s">
         <v>315</v>
       </c>
       <c r="B151" s="6" t="s">
         <v>316</v>
       </c>
       <c r="C151" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D151" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E151" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F151" s="1">
         <v>5489531</v>
       </c>
       <c r="G151" s="1">
         <v>6097509</v>
       </c>
       <c r="H151" s="2">
         <v>0</v>
       </c>
       <c r="I151" s="2">
@@ -13520,51 +13425,51 @@
       <c r="O151" s="2">
         <v>0</v>
       </c>
       <c r="P151" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q151" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R151" s="2">
         <v>5962350.0000000009</v>
       </c>
       <c r="S151" s="2">
         <v>130429.00000000003</v>
       </c>
       <c r="T151" s="2">
         <v>4729.9999999999973</v>
       </c>
       <c r="U151" s="2">
         <v>0</v>
       </c>
       <c r="V151" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="152" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="152" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A152" s="6" t="s">
         <v>317</v>
       </c>
       <c r="B152" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C152" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D152" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E152" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F152" s="1">
         <v>100000</v>
       </c>
       <c r="G152" s="1">
         <v>16978</v>
       </c>
       <c r="H152" s="2">
         <v>0</v>
       </c>
       <c r="I152" s="2">
@@ -13588,51 +13493,51 @@
       <c r="O152" s="2">
         <v>0</v>
       </c>
       <c r="P152" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q152" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R152" s="2">
         <v>15372</v>
       </c>
       <c r="S152" s="2">
         <v>1551</v>
       </c>
       <c r="T152" s="2">
         <v>45</v>
       </c>
       <c r="U152" s="2">
         <v>10</v>
       </c>
       <c r="V152" s="7" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="153" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="153" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A153" s="6" t="s">
         <v>318</v>
       </c>
       <c r="B153" s="6" t="s">
         <v>319</v>
       </c>
       <c r="C153" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D153" s="6" t="s">
         <v>320</v>
       </c>
       <c r="E153" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F153" s="1">
         <v>448436</v>
       </c>
       <c r="G153" s="1">
         <v>395916</v>
       </c>
       <c r="H153" s="2">
         <v>0</v>
       </c>
       <c r="I153" s="2">
@@ -13656,51 +13561,51 @@
       <c r="O153" s="2">
         <v>52520</v>
       </c>
       <c r="P153" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q153" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R153" s="2">
         <v>392702</v>
       </c>
       <c r="S153" s="2">
         <v>2688</v>
       </c>
       <c r="T153" s="2">
         <v>526</v>
       </c>
       <c r="U153" s="2">
         <v>0</v>
       </c>
       <c r="V153" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="154" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="154" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A154" s="6" t="s">
         <v>321</v>
       </c>
       <c r="B154" s="6" t="s">
         <v>322</v>
       </c>
       <c r="C154" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D154" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E154" s="6">
         <v>0.99</v>
       </c>
       <c r="F154" s="1">
         <v>441897</v>
       </c>
       <c r="G154" s="1">
         <v>441897</v>
       </c>
       <c r="H154" s="2">
         <v>10092</v>
       </c>
       <c r="I154" s="2">
@@ -13724,51 +13629,51 @@
       <c r="O154" s="2">
         <v>0</v>
       </c>
       <c r="P154" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q154" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R154" s="2">
         <v>440844</v>
       </c>
       <c r="S154" s="2">
         <v>238</v>
       </c>
       <c r="T154" s="2">
         <v>807</v>
       </c>
       <c r="U154" s="2">
         <v>8</v>
       </c>
       <c r="V154" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="155" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="155" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A155" s="6" t="s">
         <v>323</v>
       </c>
       <c r="B155" s="6" t="s">
         <v>324</v>
       </c>
       <c r="C155" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D155" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E155" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F155" s="1">
         <v>759605</v>
       </c>
       <c r="G155" s="1">
         <v>845959</v>
       </c>
       <c r="H155" s="2">
         <v>0</v>
       </c>
       <c r="I155" s="2">
@@ -13792,119 +13697,119 @@
       <c r="O155" s="2">
         <v>0</v>
       </c>
       <c r="P155" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q155" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R155" s="2">
         <v>213076</v>
       </c>
       <c r="S155" s="2">
         <v>632118</v>
       </c>
       <c r="T155" s="2">
         <v>756</v>
       </c>
       <c r="U155" s="2">
         <v>9</v>
       </c>
       <c r="V155" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="156" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="156" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A156" s="6" t="s">
         <v>325</v>
       </c>
       <c r="B156" s="6" t="s">
         <v>326</v>
       </c>
       <c r="C156" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D156" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E156" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F156" s="1">
         <v>246875</v>
       </c>
       <c r="G156" s="1">
         <v>244321</v>
       </c>
       <c r="H156" s="2">
         <v>0</v>
       </c>
       <c r="I156" s="2">
         <v>0</v>
       </c>
       <c r="J156" s="2">
         <v>0</v>
       </c>
       <c r="K156" s="2">
         <v>0</v>
       </c>
       <c r="L156" s="2">
         <v>0</v>
       </c>
       <c r="M156" s="2">
         <v>244321</v>
       </c>
       <c r="N156" s="1">
         <v>-2554</v>
       </c>
       <c r="O156" s="2">
-        <v>0</v>
+        <v>2554</v>
       </c>
       <c r="P156" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q156" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R156" s="2">
         <v>243270</v>
       </c>
       <c r="S156" s="2">
         <v>336</v>
       </c>
       <c r="T156" s="2">
         <v>598</v>
       </c>
       <c r="U156" s="2">
         <v>117</v>
       </c>
       <c r="V156" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="157" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="157" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A157" s="6" t="s">
         <v>327</v>
       </c>
       <c r="B157" s="6" t="s">
         <v>328</v>
       </c>
       <c r="C157" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D157" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E157" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F157" s="1">
         <v>100000</v>
       </c>
       <c r="G157" s="1">
         <v>155917</v>
       </c>
       <c r="H157" s="2">
         <v>0</v>
       </c>
       <c r="I157" s="2">
@@ -13928,51 +13833,51 @@
       <c r="O157" s="2">
         <v>0</v>
       </c>
       <c r="P157" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q157" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R157" s="2">
         <v>102189</v>
       </c>
       <c r="S157" s="2">
         <v>53414</v>
       </c>
       <c r="T157" s="2">
         <v>314</v>
       </c>
       <c r="U157" s="2">
         <v>0</v>
       </c>
       <c r="V157" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="158" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="158" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A158" s="6" t="s">
         <v>329</v>
       </c>
       <c r="B158" s="6" t="s">
         <v>330</v>
       </c>
       <c r="C158" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D158" s="6" t="s">
         <v>314</v>
       </c>
       <c r="E158" s="6">
         <v>0.99</v>
       </c>
       <c r="F158" s="1">
         <v>242779</v>
       </c>
       <c r="G158" s="1">
         <v>235738</v>
       </c>
       <c r="H158" s="2">
         <v>0</v>
       </c>
       <c r="I158" s="2">
@@ -13996,51 +13901,51 @@
       <c r="O158" s="2">
         <v>7041</v>
       </c>
       <c r="P158" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q158" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R158" s="2">
         <v>231188</v>
       </c>
       <c r="S158" s="2">
         <v>2432</v>
       </c>
       <c r="T158" s="2">
         <v>2118</v>
       </c>
       <c r="U158" s="2">
         <v>0</v>
       </c>
       <c r="V158" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="159" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="159" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A159" s="6" t="s">
         <v>331</v>
       </c>
       <c r="B159" s="6" t="s">
         <v>332</v>
       </c>
       <c r="C159" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D159" s="6" t="s">
         <v>139</v>
       </c>
       <c r="E159" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F159" s="1">
         <v>185948</v>
       </c>
       <c r="G159" s="1">
         <v>189646</v>
       </c>
       <c r="H159" s="2">
         <v>0</v>
       </c>
       <c r="I159" s="2">
@@ -14064,51 +13969,51 @@
       <c r="O159" s="2">
         <v>0</v>
       </c>
       <c r="P159" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q159" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R159" s="2">
         <v>189260</v>
       </c>
       <c r="S159" s="2">
         <v>294</v>
       </c>
       <c r="T159" s="2">
         <v>91</v>
       </c>
       <c r="U159" s="2">
         <v>1</v>
       </c>
       <c r="V159" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="160" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="160" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A160" s="6" t="s">
         <v>333</v>
       </c>
       <c r="B160" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C160" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D160" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E160" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F160" s="1">
         <v>127568</v>
       </c>
       <c r="G160" s="1">
         <v>157371</v>
       </c>
       <c r="H160" s="2">
         <v>0</v>
       </c>
       <c r="I160" s="2">
@@ -14132,51 +14037,51 @@
       <c r="O160" s="2">
         <v>0</v>
       </c>
       <c r="P160" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q160" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R160" s="2">
         <v>149981</v>
       </c>
       <c r="S160" s="2">
         <v>7217</v>
       </c>
       <c r="T160" s="2">
         <v>173</v>
       </c>
       <c r="U160" s="2">
         <v>0</v>
       </c>
       <c r="V160" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="161" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="161" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A161" s="6" t="s">
         <v>334</v>
       </c>
       <c r="B161" s="6" t="s">
         <v>335</v>
       </c>
       <c r="C161" s="6" t="s">
         <v>53</v>
       </c>
       <c r="D161" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E161" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F161" s="1">
         <v>711831</v>
       </c>
       <c r="G161" s="1">
         <v>770634</v>
       </c>
       <c r="H161" s="2">
         <v>0</v>
       </c>
       <c r="I161" s="2">
@@ -14200,51 +14105,51 @@
       <c r="O161" s="2">
         <v>0</v>
       </c>
       <c r="P161" s="2">
         <v>2282759</v>
       </c>
       <c r="Q161" s="2">
         <v>0</v>
       </c>
       <c r="R161" s="2">
         <v>765196</v>
       </c>
       <c r="S161" s="2">
         <v>1091</v>
       </c>
       <c r="T161" s="2">
         <v>4347</v>
       </c>
       <c r="U161" s="2">
         <v>0</v>
       </c>
       <c r="V161" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="162" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="162" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A162" s="6" t="s">
         <v>336</v>
       </c>
       <c r="B162" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C162" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D162" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E162" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F162" s="1">
         <v>100000</v>
       </c>
       <c r="G162" s="1">
         <v>163892</v>
       </c>
       <c r="H162" s="2">
         <v>0</v>
       </c>
       <c r="I162" s="2">
@@ -14268,51 +14173,51 @@
       <c r="O162" s="3">
         <v>0</v>
       </c>
       <c r="P162" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q162" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R162" s="2">
         <v>163170</v>
       </c>
       <c r="S162" s="2">
         <v>232</v>
       </c>
       <c r="T162" s="2">
         <v>490</v>
       </c>
       <c r="U162" s="2">
         <v>0</v>
       </c>
       <c r="V162" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="163" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="163" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A163" s="6" t="s">
         <v>337</v>
       </c>
       <c r="B163" s="6" t="s">
         <v>338</v>
       </c>
       <c r="C163" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D163" s="6" t="s">
         <v>339</v>
       </c>
       <c r="E163" s="6">
         <v>0.99</v>
       </c>
       <c r="F163" s="1">
         <v>241996</v>
       </c>
       <c r="G163" s="1">
         <v>242801</v>
       </c>
       <c r="H163" s="2">
         <v>0</v>
       </c>
       <c r="I163" s="2">
@@ -14336,51 +14241,51 @@
       <c r="O163" s="2">
         <v>0</v>
       </c>
       <c r="P163" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q163" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R163" s="2">
         <v>242633</v>
       </c>
       <c r="S163" s="2">
         <v>127</v>
       </c>
       <c r="T163" s="2">
         <v>40</v>
       </c>
       <c r="U163" s="2">
         <v>1</v>
       </c>
       <c r="V163" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="164" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="164" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A164" s="6" t="s">
         <v>340</v>
       </c>
       <c r="B164" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C164" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D164" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E164" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F164" s="1">
         <v>371336</v>
       </c>
       <c r="G164" s="1">
         <v>434812</v>
       </c>
       <c r="H164" s="2">
         <v>0</v>
       </c>
       <c r="I164" s="2">
@@ -14404,51 +14309,51 @@
       <c r="O164" s="2">
         <v>0</v>
       </c>
       <c r="P164" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q164" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R164" s="2">
         <v>418160</v>
       </c>
       <c r="S164" s="2">
         <v>15450</v>
       </c>
       <c r="T164" s="2">
         <v>1192</v>
       </c>
       <c r="U164" s="2">
         <v>10</v>
       </c>
       <c r="V164" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="165" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="165" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A165" s="6" t="s">
         <v>341</v>
       </c>
       <c r="B165" s="6" t="s">
         <v>179</v>
       </c>
       <c r="C165" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D165" s="6" t="s">
         <v>129</v>
       </c>
       <c r="E165" s="6">
         <v>0.99</v>
       </c>
       <c r="F165" s="1">
         <v>397847</v>
       </c>
       <c r="G165" s="1">
         <v>423015</v>
       </c>
       <c r="H165" s="2">
         <v>0</v>
       </c>
       <c r="I165" s="2">
@@ -14472,51 +14377,51 @@
       <c r="O165" s="2">
         <v>0</v>
       </c>
       <c r="P165" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q165" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R165" s="2">
         <v>422296</v>
       </c>
       <c r="S165" s="2">
         <v>533</v>
       </c>
       <c r="T165" s="2">
         <v>179</v>
       </c>
       <c r="U165" s="2">
         <v>7</v>
       </c>
       <c r="V165" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="166" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="166" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A166" s="6" t="s">
         <v>342</v>
       </c>
       <c r="B166" s="6" t="s">
         <v>343</v>
       </c>
       <c r="C166" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D166" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E166" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F166" s="1">
         <v>611803</v>
       </c>
       <c r="G166" s="1">
         <v>656025</v>
       </c>
       <c r="H166" s="2">
         <v>0</v>
       </c>
       <c r="I166" s="2">
@@ -14540,51 +14445,51 @@
       <c r="O166" s="2">
         <v>0</v>
       </c>
       <c r="P166" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q166" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R166" s="2">
         <v>651370</v>
       </c>
       <c r="S166" s="2">
         <v>931</v>
       </c>
       <c r="T166" s="2">
         <v>3724</v>
       </c>
       <c r="U166" s="2">
         <v>0</v>
       </c>
       <c r="V166" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="167" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="167" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A167" s="6" t="s">
         <v>344</v>
       </c>
       <c r="B167" s="6" t="s">
         <v>345</v>
       </c>
       <c r="C167" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D167" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E167" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F167" s="1">
         <v>168656</v>
       </c>
       <c r="G167" s="1">
         <v>180291</v>
       </c>
       <c r="H167" s="2">
         <v>0</v>
       </c>
       <c r="I167" s="2">
@@ -14608,51 +14513,51 @@
       <c r="O167" s="2">
         <v>0</v>
       </c>
       <c r="P167" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q167" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R167" s="2">
         <v>179514</v>
       </c>
       <c r="S167" s="2">
         <v>254</v>
       </c>
       <c r="T167" s="2">
         <v>523</v>
       </c>
       <c r="U167" s="2">
         <v>0</v>
       </c>
       <c r="V167" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="168" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="168" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A168" s="6" t="s">
         <v>346</v>
       </c>
       <c r="B168" s="6" t="s">
         <v>241</v>
       </c>
       <c r="C168" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D168" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E168" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F168" s="1">
         <v>1417325</v>
       </c>
       <c r="G168" s="1">
         <v>1347202</v>
       </c>
       <c r="H168" s="2">
         <v>0</v>
       </c>
       <c r="I168" s="2">
@@ -14676,51 +14581,51 @@
       <c r="O168" s="2">
         <v>70123</v>
       </c>
       <c r="P168" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q168" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R168" s="2">
         <v>1343695</v>
       </c>
       <c r="S168" s="2">
         <v>2666</v>
       </c>
       <c r="T168" s="2">
         <v>823</v>
       </c>
       <c r="U168" s="2">
         <v>18</v>
       </c>
       <c r="V168" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="169" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="169" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A169" s="6" t="s">
         <v>347</v>
       </c>
       <c r="B169" s="6" t="s">
         <v>348</v>
       </c>
       <c r="C169" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D169" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E169" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F169" s="1">
         <v>1918373</v>
       </c>
       <c r="G169" s="1">
         <v>1845003</v>
       </c>
       <c r="H169" s="2">
         <v>0</v>
       </c>
       <c r="I169" s="2">
@@ -14744,51 +14649,51 @@
       <c r="O169" s="2">
         <v>73370</v>
       </c>
       <c r="P169" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q169" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R169" s="2">
         <v>1799970</v>
       </c>
       <c r="S169" s="2">
         <v>42623</v>
       </c>
       <c r="T169" s="2">
         <v>2410</v>
       </c>
       <c r="U169" s="2">
         <v>0</v>
       </c>
       <c r="V169" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="170" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="170" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A170" s="6" t="s">
         <v>349</v>
       </c>
       <c r="B170" s="6" t="s">
         <v>217</v>
       </c>
       <c r="C170" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D170" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E170" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F170" s="1">
         <v>215485</v>
       </c>
       <c r="G170" s="1">
         <v>298489</v>
       </c>
       <c r="H170" s="2">
         <v>0</v>
       </c>
       <c r="I170" s="2">
@@ -14812,51 +14717,51 @@
       <c r="O170" s="2">
         <v>0</v>
       </c>
       <c r="P170" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q170" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R170" s="2">
         <v>201442</v>
       </c>
       <c r="S170" s="2">
         <v>96493</v>
       </c>
       <c r="T170" s="2">
         <v>554</v>
       </c>
       <c r="U170" s="2">
         <v>0</v>
       </c>
       <c r="V170" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="171" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="171" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A171" s="6" t="s">
         <v>350</v>
       </c>
       <c r="B171" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C171" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D171" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E171" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F171" s="1">
         <v>100000</v>
       </c>
       <c r="G171" s="1">
         <v>82939</v>
       </c>
       <c r="H171" s="2">
         <v>0</v>
       </c>
       <c r="I171" s="2">
@@ -14880,51 +14785,51 @@
       <c r="O171" s="2">
         <v>0</v>
       </c>
       <c r="P171" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q171" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R171" s="2">
         <v>80005</v>
       </c>
       <c r="S171" s="2">
         <v>2829</v>
       </c>
       <c r="T171" s="2">
         <v>105</v>
       </c>
       <c r="U171" s="2">
         <v>0</v>
       </c>
       <c r="V171" s="7" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="172" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="172" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A172" s="6" t="s">
         <v>351</v>
       </c>
       <c r="B172" s="6" t="s">
         <v>352</v>
       </c>
       <c r="C172" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D172" s="6" t="s">
         <v>210</v>
       </c>
       <c r="E172" s="6">
         <v>0.99</v>
       </c>
       <c r="F172" s="1">
         <v>6178394</v>
       </c>
       <c r="G172" s="1">
         <v>5946306</v>
       </c>
       <c r="H172" s="2">
         <v>0</v>
       </c>
       <c r="I172" s="2">
@@ -14948,51 +14853,51 @@
       <c r="O172" s="2">
         <v>232088</v>
       </c>
       <c r="P172" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q172" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R172" s="2">
         <v>5945869</v>
       </c>
       <c r="S172" s="2">
         <v>181</v>
       </c>
       <c r="T172" s="2">
         <v>188</v>
       </c>
       <c r="U172" s="2">
         <v>68</v>
       </c>
       <c r="V172" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="173" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="173" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A173" s="6" t="s">
         <v>353</v>
       </c>
       <c r="B173" s="6" t="s">
         <v>354</v>
       </c>
       <c r="C173" s="6" t="s">
         <v>69</v>
       </c>
       <c r="D173" s="6" t="s">
         <v>355</v>
       </c>
       <c r="E173" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F173" s="1">
         <v>120185</v>
       </c>
       <c r="G173" s="1">
         <v>112666</v>
       </c>
       <c r="H173" s="2">
         <v>0</v>
       </c>
       <c r="I173" s="2">
@@ -15016,51 +14921,51 @@
       <c r="O173" s="2">
         <v>7519</v>
       </c>
       <c r="P173" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q173" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R173" s="2">
         <v>112379</v>
       </c>
       <c r="S173" s="2">
         <v>199</v>
       </c>
       <c r="T173" s="2">
         <v>88</v>
       </c>
       <c r="U173" s="2">
         <v>0</v>
       </c>
       <c r="V173" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="174" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="174" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A174" s="6" t="s">
         <v>356</v>
       </c>
       <c r="B174" s="6" t="s">
         <v>357</v>
       </c>
       <c r="C174" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D174" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E174" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F174" s="1">
         <v>549273</v>
       </c>
       <c r="G174" s="1">
         <v>620768</v>
       </c>
       <c r="H174" s="2">
         <v>0</v>
       </c>
       <c r="I174" s="2">
@@ -15084,51 +14989,51 @@
       <c r="O174" s="2">
         <v>0</v>
       </c>
       <c r="P174" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q174" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R174" s="2">
         <v>508882</v>
       </c>
       <c r="S174" s="2">
         <v>64</v>
       </c>
       <c r="T174" s="2">
         <v>29</v>
       </c>
       <c r="U174" s="2">
         <v>111793</v>
       </c>
       <c r="V174" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="175" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="175" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A175" s="6" t="s">
         <v>358</v>
       </c>
       <c r="B175" s="6" t="s">
         <v>359</v>
       </c>
       <c r="C175" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D175" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E175" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F175" s="1">
         <v>100000</v>
       </c>
       <c r="G175" s="1">
         <v>110291</v>
       </c>
       <c r="H175" s="2">
         <v>0</v>
       </c>
       <c r="I175" s="2">
@@ -15152,51 +15057,51 @@
       <c r="O175" s="2">
         <v>0</v>
       </c>
       <c r="P175" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q175" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R175" s="2">
         <v>109820</v>
       </c>
       <c r="S175" s="2">
         <v>156</v>
       </c>
       <c r="T175" s="2">
         <v>312</v>
       </c>
       <c r="U175" s="2">
         <v>3</v>
       </c>
       <c r="V175" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="176" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="176" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A176" s="6" t="s">
         <v>360</v>
       </c>
       <c r="B176" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C176" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D176" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E176" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F176" s="1">
         <v>526254</v>
       </c>
       <c r="G176" s="1">
         <v>559502</v>
       </c>
       <c r="H176" s="2">
         <v>0</v>
       </c>
       <c r="I176" s="2">
@@ -15220,51 +15125,51 @@
       <c r="O176" s="2">
         <v>0</v>
       </c>
       <c r="P176" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q176" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R176" s="2">
         <v>557091</v>
       </c>
       <c r="S176" s="2">
         <v>797</v>
       </c>
       <c r="T176" s="2">
         <v>1614</v>
       </c>
       <c r="U176" s="2">
         <v>0</v>
       </c>
       <c r="V176" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="177" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="177" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A177" s="6" t="s">
         <v>361</v>
       </c>
       <c r="B177" s="6" t="s">
         <v>362</v>
       </c>
       <c r="C177" s="6" t="s">
         <v>53</v>
       </c>
       <c r="D177" s="6" t="s">
         <v>363</v>
       </c>
       <c r="E177" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F177" s="1">
         <v>4472910</v>
       </c>
       <c r="G177" s="1">
         <v>4528002</v>
       </c>
       <c r="H177" s="2">
         <v>0</v>
       </c>
       <c r="I177" s="2">
@@ -15288,51 +15193,51 @@
       <c r="O177" s="2">
         <v>0</v>
       </c>
       <c r="P177" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q177" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R177" s="2">
         <v>4486008</v>
       </c>
       <c r="S177" s="2">
         <v>673</v>
       </c>
       <c r="T177" s="2">
         <v>39950</v>
       </c>
       <c r="U177" s="2">
         <v>1371</v>
       </c>
       <c r="V177" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="178" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="178" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A178" s="6" t="s">
         <v>364</v>
       </c>
       <c r="B178" s="6" t="s">
         <v>365</v>
       </c>
       <c r="C178" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D178" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E178" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F178" s="1">
         <v>211616</v>
       </c>
       <c r="G178" s="1">
         <v>225217</v>
       </c>
       <c r="H178" s="2">
         <v>0</v>
       </c>
       <c r="I178" s="2">
@@ -15356,51 +15261,51 @@
       <c r="O178" s="2">
         <v>0</v>
       </c>
       <c r="P178" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q178" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R178" s="2">
         <v>224846</v>
       </c>
       <c r="S178" s="2">
         <v>284</v>
       </c>
       <c r="T178" s="2">
         <v>86</v>
       </c>
       <c r="U178" s="2">
         <v>1</v>
       </c>
       <c r="V178" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="179" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="179" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A179" s="6" t="s">
         <v>366</v>
       </c>
       <c r="B179" s="6" t="s">
         <v>367</v>
       </c>
       <c r="C179" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D179" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E179" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F179" s="1">
         <v>915545</v>
       </c>
       <c r="G179" s="1">
         <v>868117</v>
       </c>
       <c r="H179" s="2">
         <v>0</v>
       </c>
       <c r="I179" s="2">
@@ -15424,51 +15329,51 @@
       <c r="O179" s="2">
         <v>47428</v>
       </c>
       <c r="P179" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q179" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R179" s="2">
         <v>650699</v>
       </c>
       <c r="S179" s="2">
         <v>216637</v>
       </c>
       <c r="T179" s="2">
         <v>631</v>
       </c>
       <c r="U179" s="2">
         <v>150</v>
       </c>
       <c r="V179" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="180" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="180" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A180" s="6" t="s">
         <v>368</v>
       </c>
       <c r="B180" s="6" t="s">
         <v>369</v>
       </c>
       <c r="C180" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D180" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E180" s="6">
         <v>0.99</v>
       </c>
       <c r="F180" s="1">
         <v>2770213</v>
       </c>
       <c r="G180" s="1">
         <v>3094142</v>
       </c>
       <c r="H180" s="2">
         <v>0</v>
       </c>
       <c r="I180" s="2">
@@ -15492,51 +15397,51 @@
       <c r="O180" s="2">
         <v>0</v>
       </c>
       <c r="P180" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q180" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R180" s="2">
         <v>3086354</v>
       </c>
       <c r="S180" s="2">
         <v>2308</v>
       </c>
       <c r="T180" s="2">
         <v>5480</v>
       </c>
       <c r="U180" s="2">
         <v>0</v>
       </c>
       <c r="V180" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="181" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="181" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A181" s="6" t="s">
         <v>370</v>
       </c>
       <c r="B181" s="6" t="s">
         <v>371</v>
       </c>
       <c r="C181" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D181" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E181" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F181" s="1">
         <v>1866331</v>
       </c>
       <c r="G181" s="1">
         <v>1938855</v>
       </c>
       <c r="H181" s="2">
         <v>0</v>
       </c>
       <c r="I181" s="2">
@@ -15545,66 +15450,66 @@
       <c r="J181" s="2">
         <v>0</v>
       </c>
       <c r="K181" s="2">
         <v>72524</v>
       </c>
       <c r="L181" s="2">
         <v>0</v>
       </c>
       <c r="M181" s="2">
         <v>1866331</v>
       </c>
       <c r="N181" s="2">
         <v>0</v>
       </c>
       <c r="O181" s="2">
         <v>0</v>
       </c>
       <c r="P181" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q181" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R181" s="2">
-        <v>1914536</v>
+        <v>1917040</v>
       </c>
       <c r="S181" s="2">
-        <v>20351</v>
+        <v>20461</v>
       </c>
       <c r="T181" s="2">
         <v>1354</v>
       </c>
       <c r="U181" s="2">
         <v>0</v>
       </c>
       <c r="V181" s="7" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="182" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="182" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A182" s="6" t="s">
         <v>372</v>
       </c>
       <c r="B182" s="6" t="s">
         <v>373</v>
       </c>
       <c r="C182" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D182" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E182" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F182" s="1">
         <v>158556</v>
       </c>
       <c r="G182" s="1">
         <v>156174</v>
       </c>
       <c r="H182" s="2">
         <v>0</v>
       </c>
       <c r="I182" s="2">
@@ -15628,51 +15533,51 @@
       <c r="O182" s="2">
         <v>2382</v>
       </c>
       <c r="P182" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q182" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R182" s="2">
         <v>147379</v>
       </c>
       <c r="S182" s="2">
         <v>209</v>
       </c>
       <c r="T182" s="2">
         <v>8586</v>
       </c>
       <c r="U182" s="2">
         <v>0</v>
       </c>
       <c r="V182" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="183" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="183" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A183" s="6" t="s">
         <v>374</v>
       </c>
       <c r="B183" s="6" t="s">
         <v>375</v>
       </c>
       <c r="C183" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D183" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E183" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F183" s="1">
         <v>241706</v>
       </c>
       <c r="G183" s="1">
         <v>254871</v>
       </c>
       <c r="H183" s="2">
         <v>0</v>
       </c>
       <c r="I183" s="2">
@@ -15696,51 +15601,51 @@
       <c r="O183" s="2">
         <v>0</v>
       </c>
       <c r="P183" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q183" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R183" s="2">
         <v>253085</v>
       </c>
       <c r="S183" s="2">
         <v>362</v>
       </c>
       <c r="T183" s="2">
         <v>1424</v>
       </c>
       <c r="U183" s="2">
         <v>0</v>
       </c>
       <c r="V183" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="184" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="184" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A184" s="6" t="s">
         <v>376</v>
       </c>
       <c r="B184" s="6" t="s">
         <v>377</v>
       </c>
       <c r="C184" s="6" t="s">
         <v>69</v>
       </c>
       <c r="D184" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E184" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F184" s="1">
         <v>983714</v>
       </c>
       <c r="G184" s="1">
         <v>984395</v>
       </c>
       <c r="H184" s="2">
         <v>0</v>
       </c>
       <c r="I184" s="2">
@@ -15764,51 +15669,51 @@
       <c r="O184" s="2">
         <v>0</v>
       </c>
       <c r="P184" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q184" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R184" s="2">
         <v>983462</v>
       </c>
       <c r="S184" s="2">
         <v>158</v>
       </c>
       <c r="T184" s="2">
         <v>775</v>
       </c>
       <c r="U184" s="2">
         <v>0</v>
       </c>
       <c r="V184" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="185" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="185" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A185" s="6" t="s">
         <v>378</v>
       </c>
       <c r="B185" s="6" t="s">
         <v>379</v>
       </c>
       <c r="C185" s="6" t="s">
         <v>142</v>
       </c>
       <c r="D185" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E185" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F185" s="1">
         <v>100000</v>
       </c>
       <c r="G185" s="1">
         <v>63430</v>
       </c>
       <c r="H185" s="2">
         <v>0</v>
       </c>
       <c r="I185" s="2">
@@ -15832,51 +15737,51 @@
       <c r="O185" s="2">
         <v>0</v>
       </c>
       <c r="P185" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q185" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R185" s="2">
         <v>63158</v>
       </c>
       <c r="S185" s="2">
         <v>90</v>
       </c>
       <c r="T185" s="2">
         <v>182</v>
       </c>
       <c r="U185" s="2">
         <v>0</v>
       </c>
       <c r="V185" s="7" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="186" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="186" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A186" s="6" t="s">
         <v>380</v>
       </c>
       <c r="B186" s="6" t="s">
         <v>381</v>
       </c>
       <c r="C186" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D186" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E186" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F186" s="1">
         <v>147510</v>
       </c>
       <c r="G186" s="1">
         <v>171706</v>
       </c>
       <c r="H186" s="2">
         <v>0</v>
       </c>
       <c r="I186" s="2">
@@ -15900,51 +15805,51 @@
       <c r="O186" s="2">
         <v>0</v>
       </c>
       <c r="P186" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q186" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R186" s="2">
         <v>171263</v>
       </c>
       <c r="S186" s="2">
         <v>134</v>
       </c>
       <c r="T186" s="2">
         <v>292</v>
       </c>
       <c r="U186" s="2">
         <v>17</v>
       </c>
       <c r="V186" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="187" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="187" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A187" s="6" t="s">
         <v>382</v>
       </c>
       <c r="B187" s="6" t="s">
         <v>383</v>
       </c>
       <c r="C187" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D187" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E187" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F187" s="1">
         <v>269728</v>
       </c>
       <c r="G187" s="1">
         <v>137227</v>
       </c>
       <c r="H187" s="2">
         <v>0</v>
       </c>
       <c r="I187" s="2">
@@ -15968,51 +15873,51 @@
       <c r="O187" s="2">
         <v>132501</v>
       </c>
       <c r="P187" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q187" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R187" s="2">
         <v>136624</v>
       </c>
       <c r="S187" s="2">
         <v>195</v>
       </c>
       <c r="T187" s="2">
         <v>397</v>
       </c>
       <c r="U187" s="2">
         <v>11</v>
       </c>
       <c r="V187" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="188" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="188" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A188" s="6" t="s">
         <v>384</v>
       </c>
       <c r="B188" s="6" t="s">
         <v>385</v>
       </c>
       <c r="C188" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D188" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E188" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F188" s="1">
         <v>287954</v>
       </c>
       <c r="G188" s="1">
         <v>326604</v>
       </c>
       <c r="H188" s="2">
         <v>0</v>
       </c>
       <c r="I188" s="2">
@@ -16036,51 +15941,51 @@
       <c r="O188" s="2">
         <v>0</v>
       </c>
       <c r="P188" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q188" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R188" s="2">
         <v>238060</v>
       </c>
       <c r="S188" s="2">
         <v>87869</v>
       </c>
       <c r="T188" s="2">
         <v>672</v>
       </c>
       <c r="U188" s="2">
         <v>3</v>
       </c>
       <c r="V188" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="189" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="189" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A189" s="6" t="s">
         <v>386</v>
       </c>
       <c r="B189" s="6" t="s">
         <v>387</v>
       </c>
       <c r="C189" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D189" s="6" t="s">
         <v>175</v>
       </c>
       <c r="E189" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F189" s="1">
         <v>659208</v>
       </c>
       <c r="G189" s="1">
         <v>716979</v>
       </c>
       <c r="H189" s="2">
         <v>0</v>
       </c>
       <c r="I189" s="2">
@@ -16104,51 +16009,51 @@
       <c r="O189" s="2">
         <v>0</v>
       </c>
       <c r="P189" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q189" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R189" s="2">
         <v>707828</v>
       </c>
       <c r="S189" s="2">
         <v>7895</v>
       </c>
       <c r="T189" s="2">
         <v>1246</v>
       </c>
       <c r="U189" s="2">
         <v>10</v>
       </c>
       <c r="V189" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="190" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="190" spans="1:22" s="10" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A190" s="6" t="s">
         <v>388</v>
       </c>
       <c r="B190" s="6" t="s">
         <v>389</v>
       </c>
       <c r="C190" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D190" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E190" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F190" s="1">
         <v>256438</v>
       </c>
       <c r="G190" s="1">
         <v>270463</v>
       </c>
       <c r="H190" s="2">
         <v>0</v>
       </c>
       <c r="I190" s="2">
@@ -16172,51 +16077,51 @@
       <c r="O190" s="2">
         <v>0</v>
       </c>
       <c r="P190" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q190" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R190" s="2">
         <v>269229</v>
       </c>
       <c r="S190" s="2">
         <v>385</v>
       </c>
       <c r="T190" s="2">
         <v>809</v>
       </c>
       <c r="U190" s="2">
         <v>40</v>
       </c>
       <c r="V190" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="191" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="191" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A191" s="6" t="s">
         <v>390</v>
       </c>
       <c r="B191" s="6" t="s">
         <v>391</v>
       </c>
       <c r="C191" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D191" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E191" s="6">
         <v>0.99</v>
       </c>
       <c r="F191" s="1">
         <v>1943147</v>
       </c>
       <c r="G191" s="1">
         <v>2114101</v>
       </c>
       <c r="H191" s="2">
         <v>0</v>
       </c>
       <c r="I191" s="2">
@@ -16240,51 +16145,51 @@
       <c r="O191" s="2">
         <v>0</v>
       </c>
       <c r="P191" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q191" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R191" s="2">
         <v>2108611</v>
       </c>
       <c r="S191" s="2">
         <v>2675</v>
       </c>
       <c r="T191" s="2">
         <v>2794</v>
       </c>
       <c r="U191" s="2">
         <v>21</v>
       </c>
       <c r="V191" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="192" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="192" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A192" s="6" t="s">
         <v>392</v>
       </c>
       <c r="B192" s="6" t="s">
         <v>393</v>
       </c>
       <c r="C192" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D192" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E192" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F192" s="1">
         <v>164679</v>
       </c>
       <c r="G192" s="1">
         <v>173698</v>
       </c>
       <c r="H192" s="2">
         <v>0</v>
       </c>
       <c r="I192" s="2">
@@ -16308,51 +16213,51 @@
       <c r="O192" s="2">
         <v>0</v>
       </c>
       <c r="P192" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q192" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R192" s="2">
         <v>172936</v>
       </c>
       <c r="S192" s="2">
         <v>242</v>
       </c>
       <c r="T192" s="2">
         <v>487</v>
       </c>
       <c r="U192" s="2">
         <v>33</v>
       </c>
       <c r="V192" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="193" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="193" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A193" s="6" t="s">
         <v>394</v>
       </c>
       <c r="B193" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C193" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D193" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E193" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F193" s="1">
         <v>150920</v>
       </c>
       <c r="G193" s="1">
         <v>129375</v>
       </c>
       <c r="H193" s="2">
         <v>0</v>
       </c>
       <c r="I193" s="2">
@@ -16376,51 +16281,51 @@
       <c r="O193" s="2">
         <v>21545</v>
       </c>
       <c r="P193" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q193" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R193" s="2">
         <v>90388</v>
       </c>
       <c r="S193" s="2">
         <v>37963</v>
       </c>
       <c r="T193" s="2">
         <v>238</v>
       </c>
       <c r="U193" s="2">
         <v>786</v>
       </c>
       <c r="V193" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="194" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="194" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A194" s="6" t="s">
         <v>395</v>
       </c>
       <c r="B194" s="6" t="s">
         <v>396</v>
       </c>
       <c r="C194" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D194" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E194" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F194" s="1">
         <v>470949</v>
       </c>
       <c r="G194" s="1">
         <v>516539</v>
       </c>
       <c r="H194" s="2">
         <v>0</v>
       </c>
       <c r="I194" s="2">
@@ -16444,51 +16349,51 @@
       <c r="O194" s="2">
         <v>0</v>
       </c>
       <c r="P194" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q194" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R194" s="2">
         <v>514168</v>
       </c>
       <c r="S194" s="2">
         <v>722</v>
       </c>
       <c r="T194" s="2">
         <v>1517</v>
       </c>
       <c r="U194" s="2">
         <v>132</v>
       </c>
       <c r="V194" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="195" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="195" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A195" s="6" t="s">
         <v>397</v>
       </c>
       <c r="B195" s="6" t="s">
         <v>398</v>
       </c>
       <c r="C195" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D195" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E195" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F195" s="1">
         <v>110000</v>
       </c>
       <c r="G195" s="1">
         <v>335908</v>
       </c>
       <c r="H195" s="2">
         <v>10000</v>
       </c>
       <c r="I195" s="2">
@@ -16512,51 +16417,51 @@
       <c r="O195" s="2">
         <v>0</v>
       </c>
       <c r="P195" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q195" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R195" s="2">
         <v>15981</v>
       </c>
       <c r="S195" s="2">
         <v>319924</v>
       </c>
       <c r="T195" s="2">
         <v>2</v>
       </c>
       <c r="U195" s="2">
         <v>1</v>
       </c>
       <c r="V195" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="196" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="196" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A196" s="6" t="s">
         <v>399</v>
       </c>
       <c r="B196" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C196" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D196" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E196" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F196" s="1">
         <v>311441</v>
       </c>
       <c r="G196" s="1">
         <v>353611</v>
       </c>
       <c r="H196" s="2">
         <v>0</v>
       </c>
       <c r="I196" s="2">
@@ -16580,51 +16485,51 @@
       <c r="O196" s="2">
         <v>0</v>
       </c>
       <c r="P196" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q196" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R196" s="2">
         <v>324806</v>
       </c>
       <c r="S196" s="2">
         <v>27833</v>
       </c>
       <c r="T196" s="2">
         <v>932</v>
       </c>
       <c r="U196" s="2">
         <v>40</v>
       </c>
       <c r="V196" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="197" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="197" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A197" s="6" t="s">
         <v>400</v>
       </c>
       <c r="B197" s="6" t="s">
         <v>354</v>
       </c>
       <c r="C197" s="6" t="s">
         <v>69</v>
       </c>
       <c r="D197" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E197" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F197" s="1">
         <v>100000</v>
       </c>
       <c r="G197" s="1">
         <v>119158</v>
       </c>
       <c r="H197" s="2">
         <v>0</v>
       </c>
       <c r="I197" s="2">
@@ -16648,51 +16553,51 @@
       <c r="O197" s="2">
         <v>0</v>
       </c>
       <c r="P197" s="2">
         <v>119158</v>
       </c>
       <c r="Q197" s="1">
         <v>19158</v>
       </c>
       <c r="R197" s="2">
         <v>118651</v>
       </c>
       <c r="S197" s="2">
         <v>169</v>
       </c>
       <c r="T197" s="2">
         <v>338</v>
       </c>
       <c r="U197" s="2">
         <v>0</v>
       </c>
       <c r="V197" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="198" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="198" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A198" s="6" t="s">
         <v>401</v>
       </c>
       <c r="B198" s="6" t="s">
         <v>402</v>
       </c>
       <c r="C198" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D198" s="6" t="s">
         <v>403</v>
       </c>
       <c r="E198" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F198" s="1">
         <v>134661</v>
       </c>
       <c r="G198" s="1">
         <v>143515</v>
       </c>
       <c r="H198" s="2">
         <v>0</v>
       </c>
       <c r="I198" s="2">
@@ -16716,51 +16621,51 @@
       <c r="O198" s="2">
         <v>0</v>
       </c>
       <c r="P198" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q198" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R198" s="2">
         <v>28</v>
       </c>
       <c r="S198" s="2">
         <v>119843</v>
       </c>
       <c r="T198" s="2">
         <v>23635</v>
       </c>
       <c r="U198" s="2">
         <v>9</v>
       </c>
       <c r="V198" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="199" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="199" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A199" s="6" t="s">
         <v>404</v>
       </c>
       <c r="B199" s="6" t="s">
         <v>251</v>
       </c>
       <c r="C199" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D199" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E199" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F199" s="1">
         <v>100000</v>
       </c>
       <c r="G199" s="1">
         <v>127129</v>
       </c>
       <c r="H199" s="2">
         <v>0</v>
       </c>
       <c r="I199" s="2">
@@ -16784,51 +16689,51 @@
       <c r="O199" s="2">
         <v>0</v>
       </c>
       <c r="P199" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q199" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R199" s="2">
         <v>126570</v>
       </c>
       <c r="S199" s="2">
         <v>176</v>
       </c>
       <c r="T199" s="2">
         <v>373</v>
       </c>
       <c r="U199" s="2">
         <v>10</v>
       </c>
       <c r="V199" s="7" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="200" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="200" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A200" s="6" t="s">
         <v>405</v>
       </c>
       <c r="B200" s="6" t="s">
         <v>406</v>
       </c>
       <c r="C200" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D200" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E200" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F200" s="1">
         <v>1091911</v>
       </c>
       <c r="G200" s="1">
         <v>1111621</v>
       </c>
       <c r="H200" s="2">
         <v>0</v>
       </c>
       <c r="I200" s="2">
@@ -16852,51 +16757,51 @@
       <c r="O200" s="2">
         <v>0</v>
       </c>
       <c r="P200" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q200" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R200" s="2">
         <v>1107429</v>
       </c>
       <c r="S200" s="2">
         <v>2029</v>
       </c>
       <c r="T200" s="2">
         <v>1229</v>
       </c>
       <c r="U200" s="2">
         <v>934</v>
       </c>
       <c r="V200" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="201" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="201" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A201" s="6" t="s">
         <v>407</v>
       </c>
       <c r="B201" s="6" t="s">
         <v>408</v>
       </c>
       <c r="C201" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D201" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E201" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F201" s="1">
         <v>102951</v>
       </c>
       <c r="G201" s="1">
         <v>65978</v>
       </c>
       <c r="H201" s="2">
         <v>0</v>
       </c>
       <c r="I201" s="2">
@@ -16920,51 +16825,51 @@
       <c r="O201" s="2">
         <v>0</v>
       </c>
       <c r="P201" s="2">
         <v>302951</v>
       </c>
       <c r="Q201" s="2">
         <v>0</v>
       </c>
       <c r="R201" s="2">
         <v>65262</v>
       </c>
       <c r="S201" s="2">
         <v>521</v>
       </c>
       <c r="T201" s="2">
         <v>195</v>
       </c>
       <c r="U201" s="2">
         <v>0</v>
       </c>
       <c r="V201" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="202" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="202" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A202" s="6" t="s">
         <v>409</v>
       </c>
       <c r="B202" s="6" t="s">
         <v>161</v>
       </c>
       <c r="C202" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D202" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E202" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F202" s="1">
         <v>390033</v>
       </c>
       <c r="G202" s="1">
         <v>452137</v>
       </c>
       <c r="H202" s="2">
         <v>0</v>
       </c>
       <c r="I202" s="2">
@@ -16988,51 +16893,51 @@
       <c r="O202" s="2">
         <v>0</v>
       </c>
       <c r="P202" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q202" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R202" s="2">
         <v>449989</v>
       </c>
       <c r="S202" s="2">
         <v>641</v>
       </c>
       <c r="T202" s="2">
         <v>1350</v>
       </c>
       <c r="U202" s="2">
         <v>157</v>
       </c>
       <c r="V202" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="203" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="203" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A203" s="6" t="s">
         <v>410</v>
       </c>
       <c r="B203" s="6" t="s">
         <v>161</v>
       </c>
       <c r="C203" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D203" s="6" t="s">
         <v>247</v>
       </c>
       <c r="E203" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F203" s="1">
         <v>366608</v>
       </c>
       <c r="G203" s="1">
         <v>316859</v>
       </c>
       <c r="H203" s="2">
         <v>0</v>
       </c>
       <c r="I203" s="2">
@@ -17056,51 +16961,51 @@
       <c r="O203" s="2">
         <v>49749</v>
       </c>
       <c r="P203" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q203" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R203" s="2">
         <v>316015</v>
       </c>
       <c r="S203" s="2">
         <v>610</v>
       </c>
       <c r="T203" s="2">
         <v>183</v>
       </c>
       <c r="U203" s="2">
         <v>51</v>
       </c>
       <c r="V203" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="204" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="204" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A204" s="6" t="s">
         <v>411</v>
       </c>
       <c r="B204" s="6" t="s">
         <v>217</v>
       </c>
       <c r="C204" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D204" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E204" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F204" s="1">
         <v>382706</v>
       </c>
       <c r="G204" s="1">
         <v>474299</v>
       </c>
       <c r="H204" s="2">
         <v>0</v>
       </c>
       <c r="I204" s="2">
@@ -17124,51 +17029,51 @@
       <c r="O204" s="2">
         <v>0</v>
       </c>
       <c r="P204" s="2">
         <v>1009498</v>
       </c>
       <c r="Q204" s="2">
         <v>0</v>
       </c>
       <c r="R204" s="2">
         <v>216710</v>
       </c>
       <c r="S204" s="2">
         <v>256953</v>
       </c>
       <c r="T204" s="2">
         <v>623</v>
       </c>
       <c r="U204" s="2">
         <v>13</v>
       </c>
       <c r="V204" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="205" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="205" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A205" s="6" t="s">
         <v>412</v>
       </c>
       <c r="B205" s="6" t="s">
         <v>413</v>
       </c>
       <c r="C205" s="6" t="s">
         <v>414</v>
       </c>
       <c r="D205" s="6" t="s">
         <v>149</v>
       </c>
       <c r="E205" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F205" s="1">
         <v>130235</v>
       </c>
       <c r="G205" s="1">
         <v>127602</v>
       </c>
       <c r="H205" s="2">
         <v>0</v>
       </c>
       <c r="I205" s="2">
@@ -17192,51 +17097,51 @@
       <c r="O205" s="2">
         <v>2633</v>
       </c>
       <c r="P205" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q205" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R205" s="2">
         <v>105596</v>
       </c>
       <c r="S205" s="2">
         <v>21943</v>
       </c>
       <c r="T205" s="2">
         <v>63</v>
       </c>
       <c r="U205" s="2">
         <v>0</v>
       </c>
       <c r="V205" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="206" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="206" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A206" s="6" t="s">
         <v>415</v>
       </c>
       <c r="B206" s="6" t="s">
         <v>416</v>
       </c>
       <c r="C206" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D206" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E206" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F206" s="1">
         <v>198049</v>
       </c>
       <c r="G206" s="1">
         <v>216480</v>
       </c>
       <c r="H206" s="2">
         <v>0</v>
       </c>
       <c r="I206" s="2">
@@ -17260,51 +17165,51 @@
       <c r="O206" s="2">
         <v>0</v>
       </c>
       <c r="P206" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q206" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R206" s="2">
         <v>216440</v>
       </c>
       <c r="S206" s="2">
         <v>25</v>
       </c>
       <c r="T206" s="2">
         <v>9</v>
       </c>
       <c r="U206" s="2">
         <v>6</v>
       </c>
       <c r="V206" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="207" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="207" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A207" s="6" t="s">
         <v>417</v>
       </c>
       <c r="B207" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C207" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D207" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E207" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F207" s="1">
         <v>385402</v>
       </c>
       <c r="G207" s="1">
         <v>303641</v>
       </c>
       <c r="H207" s="2">
         <v>0</v>
       </c>
       <c r="I207" s="2">
@@ -17328,51 +17233,51 @@
       <c r="O207" s="2">
         <v>81761</v>
       </c>
       <c r="P207" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q207" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R207" s="2">
         <v>188570</v>
       </c>
       <c r="S207" s="2">
         <v>114602</v>
       </c>
       <c r="T207" s="2">
         <v>271</v>
       </c>
       <c r="U207" s="2">
         <v>198</v>
       </c>
       <c r="V207" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="208" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="208" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A208" s="6" t="s">
         <v>418</v>
       </c>
       <c r="B208" s="6" t="s">
         <v>419</v>
       </c>
       <c r="C208" s="6" t="s">
         <v>142</v>
       </c>
       <c r="D208" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E208" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F208" s="1">
         <v>7467861</v>
       </c>
       <c r="G208" s="1">
         <v>6698961</v>
       </c>
       <c r="H208" s="2">
         <v>0</v>
       </c>
       <c r="I208" s="2">
@@ -17396,51 +17301,51 @@
       <c r="O208" s="2">
         <v>768900</v>
       </c>
       <c r="P208" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q208" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R208" s="2">
         <v>6540381</v>
       </c>
       <c r="S208" s="2">
         <v>151418</v>
       </c>
       <c r="T208" s="2">
         <v>4812</v>
       </c>
       <c r="U208" s="2">
         <v>2350</v>
       </c>
       <c r="V208" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="209" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="209" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A209" s="6" t="s">
         <v>420</v>
       </c>
       <c r="B209" s="6" t="s">
         <v>421</v>
       </c>
       <c r="C209" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D209" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E209" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F209" s="1">
         <v>146998</v>
       </c>
       <c r="G209" s="1">
         <v>165796</v>
       </c>
       <c r="H209" s="2">
         <v>0</v>
       </c>
       <c r="I209" s="2">
@@ -17464,51 +17369,51 @@
       <c r="O209" s="2">
         <v>0</v>
       </c>
       <c r="P209" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q209" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R209" s="2">
         <v>165261</v>
       </c>
       <c r="S209" s="2">
         <v>301</v>
       </c>
       <c r="T209" s="2">
         <v>217</v>
       </c>
       <c r="U209" s="2">
         <v>17</v>
       </c>
       <c r="V209" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="210" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="210" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A210" s="6" t="s">
         <v>422</v>
       </c>
       <c r="B210" s="6" t="s">
         <v>423</v>
       </c>
       <c r="C210" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D210" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E210" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F210" s="1">
         <v>1354765</v>
       </c>
       <c r="G210" s="1">
         <v>1084992</v>
       </c>
       <c r="H210" s="2">
         <v>0</v>
       </c>
       <c r="I210" s="2">
@@ -17532,51 +17437,51 @@
       <c r="O210" s="2">
         <v>269773</v>
       </c>
       <c r="P210" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q210" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R210" s="2">
         <v>207841</v>
       </c>
       <c r="S210" s="2">
         <v>876899</v>
       </c>
       <c r="T210" s="2">
         <v>247</v>
       </c>
       <c r="U210" s="2">
         <v>5</v>
       </c>
       <c r="V210" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="211" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="211" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A211" s="6" t="s">
         <v>424</v>
       </c>
       <c r="B211" s="6" t="s">
         <v>425</v>
       </c>
       <c r="C211" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D211" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E211" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F211" s="1">
         <v>291043</v>
       </c>
       <c r="G211" s="1">
         <v>353943</v>
       </c>
       <c r="H211" s="2">
         <v>0</v>
       </c>
       <c r="I211" s="2">
@@ -17600,51 +17505,51 @@
       <c r="O211" s="2">
         <v>0</v>
       </c>
       <c r="P211" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q211" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R211" s="2">
         <v>352809</v>
       </c>
       <c r="S211" s="2">
         <v>621</v>
       </c>
       <c r="T211" s="2">
         <v>490</v>
       </c>
       <c r="U211" s="2">
         <v>23</v>
       </c>
       <c r="V211" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="212" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="212" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A212" s="6" t="s">
         <v>426</v>
       </c>
       <c r="B212" s="6" t="s">
         <v>427</v>
       </c>
       <c r="C212" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D212" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E212" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F212" s="1">
         <v>170892</v>
       </c>
       <c r="G212" s="1">
         <v>174100</v>
       </c>
       <c r="H212" s="2">
         <v>0</v>
       </c>
       <c r="I212" s="2">
@@ -17668,51 +17573,51 @@
       <c r="O212" s="2">
         <v>0</v>
       </c>
       <c r="P212" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q212" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R212" s="2">
         <v>173507</v>
       </c>
       <c r="S212" s="2">
         <v>294</v>
       </c>
       <c r="T212" s="2">
         <v>297</v>
       </c>
       <c r="U212" s="2">
         <v>2</v>
       </c>
       <c r="V212" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="213" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="213" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A213" s="6" t="s">
         <v>428</v>
       </c>
       <c r="B213" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C213" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D213" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E213" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F213" s="1">
         <v>161334</v>
       </c>
       <c r="G213" s="1">
         <v>183325</v>
       </c>
       <c r="H213" s="2">
         <v>0</v>
       </c>
       <c r="I213" s="2">
@@ -17736,51 +17641,51 @@
       <c r="O213" s="2">
         <v>0</v>
       </c>
       <c r="P213" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q213" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R213" s="2">
         <v>182516</v>
       </c>
       <c r="S213" s="2">
         <v>261</v>
       </c>
       <c r="T213" s="2">
         <v>548</v>
       </c>
       <c r="U213" s="2">
         <v>0</v>
       </c>
       <c r="V213" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="214" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="214" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A214" s="6" t="s">
         <v>429</v>
       </c>
       <c r="B214" s="6" t="s">
         <v>430</v>
       </c>
       <c r="C214" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D214" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E214" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F214" s="1">
         <v>1102992</v>
       </c>
       <c r="G214" s="1">
         <v>1159663</v>
       </c>
       <c r="H214" s="2">
         <v>0</v>
       </c>
       <c r="I214" s="2">
@@ -17804,51 +17709,51 @@
       <c r="O214" s="2">
         <v>0</v>
       </c>
       <c r="P214" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q214" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R214" s="2">
         <v>1018685</v>
       </c>
       <c r="S214" s="2">
         <v>166</v>
       </c>
       <c r="T214" s="2">
         <v>66</v>
       </c>
       <c r="U214" s="2">
         <v>140746</v>
       </c>
       <c r="V214" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="215" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="215" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A215" s="6" t="s">
         <v>431</v>
       </c>
       <c r="B215" s="6" t="s">
         <v>421</v>
       </c>
       <c r="C215" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D215" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E215" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F215" s="1">
         <v>290437</v>
       </c>
       <c r="G215" s="1">
         <v>306196</v>
       </c>
       <c r="H215" s="2">
         <v>0</v>
       </c>
       <c r="I215" s="2">
@@ -17872,51 +17777,51 @@
       <c r="O215" s="2">
         <v>0</v>
       </c>
       <c r="P215" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q215" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R215" s="2">
         <v>305132</v>
       </c>
       <c r="S215" s="2">
         <v>504</v>
       </c>
       <c r="T215" s="2">
         <v>553</v>
       </c>
       <c r="U215" s="2">
         <v>7</v>
       </c>
       <c r="V215" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="216" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="216" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A216" s="6" t="s">
         <v>432</v>
       </c>
       <c r="B216" s="6" t="s">
         <v>433</v>
       </c>
       <c r="C216" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D216" s="6" t="s">
         <v>434</v>
       </c>
       <c r="E216" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F216" s="1">
         <v>125468</v>
       </c>
       <c r="G216" s="1">
         <v>165384</v>
       </c>
       <c r="H216" s="2">
         <v>0</v>
       </c>
       <c r="I216" s="2">
@@ -17940,51 +17845,51 @@
       <c r="O216" s="2">
         <v>0</v>
       </c>
       <c r="P216" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q216" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R216" s="2">
         <v>164258</v>
       </c>
       <c r="S216" s="2">
         <v>233</v>
       </c>
       <c r="T216" s="2">
         <v>893</v>
       </c>
       <c r="U216" s="2">
         <v>0</v>
       </c>
       <c r="V216" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="217" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="217" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A217" s="6" t="s">
         <v>435</v>
       </c>
       <c r="B217" s="6" t="s">
         <v>436</v>
       </c>
       <c r="C217" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D217" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E217" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F217" s="1">
         <v>190293</v>
       </c>
       <c r="G217" s="1">
         <v>433266</v>
       </c>
       <c r="H217" s="2">
         <v>0</v>
       </c>
       <c r="I217" s="2">
@@ -18008,51 +17913,51 @@
       <c r="O217" s="2">
         <v>0</v>
       </c>
       <c r="P217" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q217" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R217" s="2">
         <v>207107</v>
       </c>
       <c r="S217" s="2">
         <v>225590</v>
       </c>
       <c r="T217" s="2">
         <v>569</v>
       </c>
       <c r="U217" s="2">
         <v>0</v>
       </c>
       <c r="V217" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="218" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="218" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A218" s="6" t="s">
         <v>437</v>
       </c>
       <c r="B218" s="6" t="s">
         <v>438</v>
       </c>
       <c r="C218" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D218" s="6" t="s">
         <v>439</v>
       </c>
       <c r="E218" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F218" s="1">
         <v>159585</v>
       </c>
       <c r="G218" s="1">
         <v>138625</v>
       </c>
       <c r="H218" s="2">
         <v>0</v>
       </c>
       <c r="I218" s="2">
@@ -18076,51 +17981,51 @@
       <c r="O218" s="2">
         <v>20960</v>
       </c>
       <c r="P218" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q218" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R218" s="2">
         <v>137643</v>
       </c>
       <c r="S218" s="2">
         <v>190</v>
       </c>
       <c r="T218" s="2">
         <v>792</v>
       </c>
       <c r="U218" s="2">
         <v>0</v>
       </c>
       <c r="V218" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="219" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="219" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A219" s="6" t="s">
         <v>440</v>
       </c>
       <c r="B219" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C219" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D219" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E219" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F219" s="1">
         <v>237234</v>
       </c>
       <c r="G219" s="1">
         <v>281036</v>
       </c>
       <c r="H219" s="2">
         <v>0</v>
       </c>
       <c r="I219" s="2">
@@ -18144,51 +18049,51 @@
       <c r="O219" s="2">
         <v>0</v>
       </c>
       <c r="P219" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q219" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R219" s="2">
         <v>250136</v>
       </c>
       <c r="S219" s="2">
         <v>30406</v>
       </c>
       <c r="T219" s="2">
         <v>494</v>
       </c>
       <c r="U219" s="2">
         <v>0</v>
       </c>
       <c r="V219" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="220" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="220" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A220" s="6" t="s">
         <v>441</v>
       </c>
       <c r="B220" s="6" t="s">
         <v>316</v>
       </c>
       <c r="C220" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D220" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E220" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F220" s="1">
         <v>263351</v>
       </c>
       <c r="G220" s="1">
         <v>280795</v>
       </c>
       <c r="H220" s="2">
         <v>0</v>
       </c>
       <c r="I220" s="2">
@@ -18212,51 +18117,51 @@
       <c r="O220" s="2">
         <v>0</v>
       </c>
       <c r="P220" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q220" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R220" s="2">
         <v>257844</v>
       </c>
       <c r="S220" s="2">
         <v>22396</v>
       </c>
       <c r="T220" s="2">
         <v>555</v>
       </c>
       <c r="U220" s="2">
         <v>0</v>
       </c>
       <c r="V220" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="221" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="221" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A221" s="6" t="s">
         <v>442</v>
       </c>
       <c r="B221" s="6" t="s">
         <v>443</v>
       </c>
       <c r="C221" s="6" t="s">
         <v>53</v>
       </c>
       <c r="D221" s="6" t="s">
         <v>363</v>
       </c>
       <c r="E221" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F221" s="1">
         <v>2170511</v>
       </c>
       <c r="G221" s="1">
         <v>2103081</v>
       </c>
       <c r="H221" s="2">
         <v>0</v>
       </c>
       <c r="I221" s="2">
@@ -18280,51 +18185,51 @@
       <c r="O221" s="2">
         <v>67430</v>
       </c>
       <c r="P221" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q221" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R221" s="2">
         <v>2084817</v>
       </c>
       <c r="S221" s="2">
         <v>302</v>
       </c>
       <c r="T221" s="2">
         <v>17962</v>
       </c>
       <c r="U221" s="2">
         <v>0</v>
       </c>
       <c r="V221" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="222" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="222" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A222" s="6" t="s">
         <v>444</v>
       </c>
       <c r="B222" s="6" t="s">
         <v>241</v>
       </c>
       <c r="C222" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D222" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E222" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F222" s="1">
         <v>1280185</v>
       </c>
       <c r="G222" s="1">
         <v>1343954</v>
       </c>
       <c r="H222" s="2">
         <v>0</v>
       </c>
       <c r="I222" s="2">
@@ -18348,51 +18253,51 @@
       <c r="O222" s="2">
         <v>0</v>
       </c>
       <c r="P222" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q222" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R222" s="2">
         <v>1340460</v>
       </c>
       <c r="S222" s="2">
         <v>2655</v>
       </c>
       <c r="T222" s="2">
         <v>823</v>
       </c>
       <c r="U222" s="2">
         <v>16</v>
       </c>
       <c r="V222" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="223" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="223" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A223" s="6" t="s">
         <v>445</v>
       </c>
       <c r="B223" s="6" t="s">
         <v>446</v>
       </c>
       <c r="C223" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D223" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E223" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F223" s="1">
         <v>244508</v>
       </c>
       <c r="G223" s="1">
         <v>162094</v>
       </c>
       <c r="H223" s="2">
         <v>0</v>
       </c>
       <c r="I223" s="2">
@@ -18416,51 +18321,51 @@
       <c r="O223" s="2">
         <v>82414</v>
       </c>
       <c r="P223" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q223" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R223" s="2">
         <v>25208</v>
       </c>
       <c r="S223" s="2">
         <v>136852</v>
       </c>
       <c r="T223" s="2">
         <v>28</v>
       </c>
       <c r="U223" s="2">
         <v>6</v>
       </c>
       <c r="V223" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="224" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="224" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A224" s="6" t="s">
         <v>447</v>
       </c>
       <c r="B224" s="6" t="s">
         <v>448</v>
       </c>
       <c r="C224" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D224" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E224" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F224" s="1">
         <v>795576</v>
       </c>
       <c r="G224" s="1">
         <v>966843</v>
       </c>
       <c r="H224" s="2">
         <v>0</v>
       </c>
       <c r="I224" s="2">
@@ -18484,51 +18389,51 @@
       <c r="O224" s="2">
         <v>0</v>
       </c>
       <c r="P224" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q224" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R224" s="2">
         <v>353927</v>
       </c>
       <c r="S224" s="2">
         <v>611940</v>
       </c>
       <c r="T224" s="2">
         <v>967</v>
       </c>
       <c r="U224" s="2">
         <v>9</v>
       </c>
       <c r="V224" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="225" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="225" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A225" s="6" t="s">
         <v>449</v>
       </c>
       <c r="B225" s="6" t="s">
         <v>264</v>
       </c>
       <c r="C225" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D225" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E225" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F225" s="1">
         <v>208498</v>
       </c>
       <c r="G225" s="1">
         <v>265099</v>
       </c>
       <c r="H225" s="2">
         <v>0</v>
       </c>
       <c r="I225" s="2">
@@ -18552,51 +18457,51 @@
       <c r="O225" s="2">
         <v>0</v>
       </c>
       <c r="P225" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q225" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R225" s="2">
         <v>263959</v>
       </c>
       <c r="S225" s="2">
         <v>377</v>
       </c>
       <c r="T225" s="2">
         <v>763</v>
       </c>
       <c r="U225" s="2">
         <v>0</v>
       </c>
       <c r="V225" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="226" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="226" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A226" s="6" t="s">
         <v>450</v>
       </c>
       <c r="B226" s="6" t="s">
         <v>451</v>
       </c>
       <c r="C226" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D226" s="6" t="s">
         <v>363</v>
       </c>
       <c r="E226" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F226" s="1">
         <v>100000</v>
       </c>
       <c r="G226" s="1">
         <v>110489</v>
       </c>
       <c r="H226" s="2">
         <v>0</v>
       </c>
       <c r="I226" s="2">
@@ -18620,51 +18525,51 @@
       <c r="O226" s="2">
         <v>0</v>
       </c>
       <c r="P226" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q226" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R226" s="2">
         <v>109530</v>
       </c>
       <c r="S226" s="2">
         <v>16</v>
       </c>
       <c r="T226" s="2">
         <v>943</v>
       </c>
       <c r="U226" s="2">
         <v>0</v>
       </c>
       <c r="V226" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="227" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="227" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A227" s="6" t="s">
         <v>452</v>
       </c>
       <c r="B227" s="6" t="s">
         <v>453</v>
       </c>
       <c r="C227" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D227" s="6" t="s">
         <v>210</v>
       </c>
       <c r="E227" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F227" s="1">
         <v>100000</v>
       </c>
       <c r="G227" s="1">
         <v>107642</v>
       </c>
       <c r="H227" s="2">
         <v>0</v>
       </c>
       <c r="I227" s="2">
@@ -18688,51 +18593,51 @@
       <c r="O227" s="2">
         <v>0</v>
       </c>
       <c r="P227" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q227" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R227" s="2">
         <v>107342</v>
       </c>
       <c r="S227" s="2">
         <v>193</v>
       </c>
       <c r="T227" s="2">
         <v>91</v>
       </c>
       <c r="U227" s="2">
         <v>16</v>
       </c>
       <c r="V227" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="228" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="228" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A228" s="6" t="s">
         <v>454</v>
       </c>
       <c r="B228" s="6" t="s">
         <v>186</v>
       </c>
       <c r="C228" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D228" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E228" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F228" s="1">
         <v>4299587</v>
       </c>
       <c r="G228" s="1">
         <v>4065836</v>
       </c>
       <c r="H228" s="2">
         <v>0</v>
       </c>
       <c r="I228" s="2">
@@ -18756,51 +18661,51 @@
       <c r="O228" s="2">
         <v>233751</v>
       </c>
       <c r="P228" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q228" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R228" s="2">
         <v>3772123</v>
       </c>
       <c r="S228" s="2">
         <v>287191</v>
       </c>
       <c r="T228" s="2">
         <v>5977</v>
       </c>
       <c r="U228" s="2">
         <v>545</v>
       </c>
       <c r="V228" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="229" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="229" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A229" s="6" t="s">
         <v>455</v>
       </c>
       <c r="B229" s="6" t="s">
         <v>456</v>
       </c>
       <c r="C229" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D229" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E229" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F229" s="1">
         <v>148354</v>
       </c>
       <c r="G229" s="1">
         <v>162960</v>
       </c>
       <c r="H229" s="2">
         <v>0</v>
       </c>
       <c r="I229" s="2">
@@ -18824,51 +18729,51 @@
       <c r="O229" s="2">
         <v>0</v>
       </c>
       <c r="P229" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q229" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R229" s="2">
         <v>159714</v>
       </c>
       <c r="S229" s="2">
         <v>2838</v>
       </c>
       <c r="T229" s="2">
         <v>403</v>
       </c>
       <c r="U229" s="2">
         <v>5</v>
       </c>
       <c r="V229" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="230" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="230" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A230" s="6" t="s">
         <v>457</v>
       </c>
       <c r="B230" s="6" t="s">
         <v>458</v>
       </c>
       <c r="C230" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D230" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E230" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F230" s="1">
         <v>150054</v>
       </c>
       <c r="G230" s="1">
         <v>166859</v>
       </c>
       <c r="H230" s="2">
         <v>0</v>
       </c>
       <c r="I230" s="2">
@@ -18892,51 +18797,51 @@
       <c r="O230" s="2">
         <v>0</v>
       </c>
       <c r="P230" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q230" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R230" s="2">
         <v>166274</v>
       </c>
       <c r="S230" s="2">
         <v>275</v>
       </c>
       <c r="T230" s="2">
         <v>303</v>
       </c>
       <c r="U230" s="2">
         <v>7</v>
       </c>
       <c r="V230" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="231" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="231" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A231" s="6" t="s">
         <v>459</v>
       </c>
       <c r="B231" s="6" t="s">
         <v>460</v>
       </c>
       <c r="C231" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D231" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E231" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F231" s="1">
         <v>3295004</v>
       </c>
       <c r="G231" s="1">
         <v>3177815</v>
       </c>
       <c r="H231" s="2">
         <v>0</v>
       </c>
       <c r="I231" s="2">
@@ -18960,51 +18865,51 @@
       <c r="O231" s="2">
         <v>117189</v>
       </c>
       <c r="P231" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q231" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R231" s="2">
         <v>3168745</v>
       </c>
       <c r="S231" s="2">
         <v>3364</v>
       </c>
       <c r="T231" s="2">
         <v>5381</v>
       </c>
       <c r="U231" s="2">
         <v>325</v>
       </c>
       <c r="V231" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="232" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="232" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A232" s="6" t="s">
         <v>461</v>
       </c>
       <c r="B232" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C232" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D232" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E232" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F232" s="1">
         <v>100000</v>
       </c>
       <c r="G232" s="1">
         <v>107160</v>
       </c>
       <c r="H232" s="2">
         <v>0</v>
       </c>
       <c r="I232" s="2">
@@ -19028,51 +18933,51 @@
       <c r="O232" s="2">
         <v>0</v>
       </c>
       <c r="P232" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q232" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R232" s="2">
         <v>106625</v>
       </c>
       <c r="S232" s="2">
         <v>152</v>
       </c>
       <c r="T232" s="2">
         <v>333</v>
       </c>
       <c r="U232" s="2">
         <v>50</v>
       </c>
       <c r="V232" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="233" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="233" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A233" s="6" t="s">
         <v>462</v>
       </c>
       <c r="B233" s="6" t="s">
         <v>463</v>
       </c>
       <c r="C233" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D233" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E233" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F233" s="1">
         <v>141890</v>
       </c>
       <c r="G233" s="1">
         <v>151438</v>
       </c>
       <c r="H233" s="2">
         <v>0</v>
       </c>
       <c r="I233" s="2">
@@ -19096,51 +19001,51 @@
       <c r="O233" s="2">
         <v>0</v>
       </c>
       <c r="P233" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q233" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R233" s="2">
         <v>150786</v>
       </c>
       <c r="S233" s="2">
         <v>215</v>
       </c>
       <c r="T233" s="2">
         <v>437</v>
       </c>
       <c r="U233" s="2">
         <v>0</v>
       </c>
       <c r="V233" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="234" spans="1:22" x14ac:dyDescent="0.2">
+    <row r="234" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A234" s="6" t="s">
         <v>464</v>
       </c>
       <c r="B234" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C234" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D234" s="6" t="s">
         <v>247</v>
       </c>
       <c r="E234" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F234" s="1">
         <v>328998</v>
       </c>
       <c r="G234" s="1">
         <v>347643</v>
       </c>
       <c r="H234" s="2">
         <v>0</v>
       </c>
       <c r="I234" s="2">
@@ -19164,51 +19069,51 @@
       <c r="O234" s="2">
         <v>0</v>
       </c>
       <c r="P234" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q234" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R234" s="2">
         <v>346706</v>
       </c>
       <c r="S234" s="2">
         <v>706</v>
       </c>
       <c r="T234" s="2">
         <v>231</v>
       </c>
       <c r="U234" s="2">
         <v>0</v>
       </c>
       <c r="V234" s="7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="235" spans="1:22" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="235" spans="1:22" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A235" s="6" t="s">
         <v>465</v>
       </c>
       <c r="B235" s="6" t="s">
         <v>466</v>
       </c>
       <c r="C235" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D235" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E235" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F235" s="1">
         <v>136622</v>
       </c>
       <c r="G235" s="1">
         <v>183809</v>
       </c>
       <c r="H235" s="2">
         <v>0</v>
       </c>
       <c r="I235" s="2">
@@ -19232,51 +19137,51 @@
       <c r="O235" s="2">
         <v>0</v>
       </c>
       <c r="P235" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q235" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R235" s="2">
         <v>113339</v>
       </c>
       <c r="S235" s="2">
         <v>70142</v>
       </c>
       <c r="T235" s="2">
         <v>328</v>
       </c>
       <c r="U235" s="2">
         <v>0</v>
       </c>
       <c r="V235" s="7" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="236" spans="1:22" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="236" spans="1:22" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A236" s="6" t="s">
         <v>467</v>
       </c>
       <c r="B236" s="6" t="s">
         <v>238</v>
       </c>
       <c r="C236" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D236" s="6" t="s">
         <v>239</v>
       </c>
       <c r="E236" s="6">
         <v>0.95099999999999996</v>
       </c>
       <c r="F236" s="1">
         <v>300013</v>
       </c>
       <c r="G236" s="1">
         <v>377339</v>
       </c>
       <c r="H236" s="2">
         <v>0</v>
       </c>
       <c r="I236" s="2">
@@ -19300,51 +19205,51 @@
       <c r="O236" s="2">
         <v>0</v>
       </c>
       <c r="P236" s="2">
         <v>377339</v>
       </c>
       <c r="Q236" s="1">
         <v>77326</v>
       </c>
       <c r="R236" s="2">
         <v>7072</v>
       </c>
       <c r="S236" s="2">
         <v>13</v>
       </c>
       <c r="T236" s="2">
         <v>370254</v>
       </c>
       <c r="U236" s="2">
         <v>0</v>
       </c>
       <c r="V236" s="7" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="237" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="237" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A237" s="6" t="s">
         <v>468</v>
       </c>
       <c r="B237" s="6" t="s">
         <v>469</v>
       </c>
       <c r="C237" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D237" s="6" t="s">
         <v>129</v>
       </c>
       <c r="E237" s="6">
         <v>0.99</v>
       </c>
       <c r="F237" s="1">
         <v>1356400</v>
       </c>
       <c r="G237" s="1">
         <v>1366029</v>
       </c>
       <c r="H237" s="2">
         <v>0</v>
       </c>
       <c r="I237" s="2">
@@ -19367,50 +19272,61 @@
       </c>
       <c r="O237" s="2">
         <v>0</v>
       </c>
       <c r="P237" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q237" s="1" t="s">
         <v>25</v>
       </c>
       <c r="R237" s="2">
         <v>1365061</v>
       </c>
       <c r="S237" s="2">
         <v>743</v>
       </c>
       <c r="T237" s="2">
         <v>225</v>
       </c>
       <c r="U237" s="2">
         <v>0</v>
       </c>
       <c r="V237" s="7" t="s">
         <v>25</v>
       </c>
+    </row>
+    <row r="242" spans="11:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K242" s="9"/>
+      <c r="T242" s="8"/>
+    </row>
+    <row r="243" spans="11:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K243" s="9"/>
+      <c r="T243" s="8"/>
+    </row>
+    <row r="244" spans="11:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="T244" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:V3"/>
     <mergeCell ref="A2:V2"/>
     <mergeCell ref="A1:V1"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions headings="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="1.25" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">